--- v0 (2025-11-15)
+++ v1 (2025-12-08)
@@ -108,16416 +108,16462 @@
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Procedure</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Initiated on</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Last updated on</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>Saudi Arabia, Kingdom of</t>
+          <t>Brazil</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/718</t>
+          <t>G/MA/TAR/RS/720</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>2025-07-18</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Uruguay</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/717</t>
+          <t>G/MA/TAR/RS/719</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>2025-07-18</t>
+          <t>2025-07-30</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>Ecuador</t>
+          <t>Saudi Arabia, Kingdom of</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/716</t>
+          <t>G/MA/TAR/RS/718</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>2025-07-11</t>
+          <t>2025-07-18</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/715</t>
+          <t>G/MA/TAR/RS/717</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>2025-04-11</t>
+          <t>2025-07-18</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>Ecuador</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/714</t>
+          <t>G/MA/TAR/RS/716</t>
         </is>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>2025-03-20</t>
+          <t>2025-07-11</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>Viet Nam</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/713</t>
+          <t>G/MA/TAR/RS/715</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>2025-02-19</t>
+          <t>2025-04-11</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Ecuador</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/712</t>
+          <t>G/MA/TAR/RS/714</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>2025-02-12</t>
+          <t>2025-03-20</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>Gabon</t>
+          <t>Viet Nam</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/710</t>
+          <t>G/MA/TAR/RS/713</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>2025-02-10</t>
+          <t>2025-02-19</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>Moldova, Republic of</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/711</t>
+          <t>G/MA/TAR/RS/712</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>2025-02-05</t>
+          <t>2025-02-12</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>Paraguay</t>
+          <t>Gabon</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/709</t>
+          <t>G/MA/TAR/RS/710</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>2025-01-09</t>
+          <t>2025-02-10</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Moldova, Republic of</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/708</t>
+          <t>G/MA/TAR/RS/711</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>2024-12-20</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>Bangladesh</t>
+          <t>Paraguay</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/707</t>
+          <t>G/MA/TAR/RS/709</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>2024-12-20</t>
+          <t>2025-01-09</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>Qatar</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/706</t>
+          <t>G/MA/TAR/RS/708</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>2024-11-01</t>
+          <t>2024-12-20</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>Saudi Arabia, Kingdom of</t>
+          <t>Bangladesh</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/705</t>
+          <t>G/MA/TAR/RS/707</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-12-20</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>North Macedonia</t>
+          <t>Qatar</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/704</t>
+          <t>G/MA/TAR/RS/706</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>2023-12-14</t>
+          <t>2024-11-01</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>Ecuador</t>
+          <t>Saudi Arabia, Kingdom of</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/703</t>
+          <t>G/MA/TAR/RS/705</t>
         </is>
       </c>
       <c r="C17" s="0"/>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>2023-12-01</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>North Macedonia</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/702</t>
+          <t>G/MA/TAR/RS/704</t>
         </is>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-12-14</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Ecuador</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/701</t>
+          <t>G/MA/TAR/RS/703</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>2023-10-10</t>
+          <t>2023-12-01</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>Trinidad and Tobago</t>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/700</t>
+          <t>G/MA/TAR/RS/702</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>2023-08-14</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/699</t>
+          <t>G/MA/TAR/RS/701</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>2023-08-14</t>
+          <t>2023-10-10</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>Australia</t>
+          <t>Trinidad and Tobago</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/675</t>
+          <t>G/MA/TAR/RS/700</t>
         </is>
       </c>
       <c r="C22" s="0"/>
       <c r="D22" s="0" t="inlineStr">
         <is>
-          <t>2023-04-06</t>
+          <t>2023-08-14</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>Zimbabwe</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/698</t>
+          <t>G/MA/TAR/RS/699</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>2023-03-24</t>
+          <t>2023-08-14</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>Suriname</t>
+          <t>Australia</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/697</t>
+          <t>G/MA/TAR/RS/675</t>
         </is>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>2023-03-24</t>
+          <t>2023-04-06</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>Saint Kitts and Nevis</t>
+          <t>Zimbabwe</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/694</t>
+          <t>G/MA/TAR/RS/698</t>
         </is>
       </c>
       <c r="C25" s="0"/>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>2023-03-24</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>Papua New Guinea</t>
+          <t>Suriname</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/693</t>
+          <t>G/MA/TAR/RS/697</t>
         </is>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>2023-03-24</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>Montenegro</t>
+          <t>Saint Kitts and Nevis</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/689</t>
+          <t>G/MA/TAR/RS/694</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>2023-03-24</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>Saint Vincent and the Grenadines</t>
+          <t>Papua New Guinea</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/696</t>
+          <t>G/MA/TAR/RS/693</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>2023-03-10</t>
+          <t>2023-03-24</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>Saint Lucia</t>
+          <t>Montenegro</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/695</t>
+          <t>G/MA/TAR/RS/689</t>
         </is>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>2023-03-10</t>
+          <t>2023-03-24</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Saint Vincent and the Grenadines</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/692</t>
+          <t>G/MA/TAR/RS/696</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t>2023-03-10</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Saint Lucia</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/658</t>
+          <t>G/MA/TAR/RS/695</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t>2023-03-10</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors, ITA Expansion</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>Paraguay</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/691</t>
+          <t>G/MA/TAR/RS/692</t>
         </is>
       </c>
       <c r="C32" s="0"/>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>2023-03-06</t>
+          <t>2023-03-10</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/690</t>
+          <t>G/MA/TAR/RS/658</t>
         </is>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>2023-02-10</t>
+          <t>2023-03-10</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors, HS2017</t>
+          <t>Rectifications of errors, ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>Cuba</t>
+          <t>Paraguay</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/666</t>
+          <t>G/MA/TAR/RS/691</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>2022-09-22</t>
+          <t>2023-03-06</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>Botswana</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/688</t>
+          <t>G/MA/TAR/RS/690</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>2022-09-19</t>
+          <t>2023-02-10</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>Rectifications of errors, HS2017</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Cuba</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/687</t>
+          <t>G/MA/TAR/RS/666</t>
         </is>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>2022-09-14</t>
+          <t>2022-09-22</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>Samoa</t>
+          <t>Botswana</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/686</t>
+          <t>G/MA/TAR/RS/688</t>
         </is>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
-          <t>2022-08-24</t>
+          <t>2022-09-19</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>Peru</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/685</t>
+          <t>G/MA/TAR/RS/687</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>2022-08-24</t>
+          <t>2022-09-14</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Samoa</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/684</t>
+          <t>G/MA/TAR/RS/686</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>2022-08-24</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>Nicaragua</t>
+          <t>Peru</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/683</t>
+          <t>G/MA/TAR/RS/685</t>
         </is>
       </c>
       <c r="C40" s="0"/>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t>2022-08-24</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>Namibia</t>
+          <t>Pakistan</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/682</t>
+          <t>G/MA/TAR/RS/684</t>
         </is>
       </c>
       <c r="C41" s="0"/>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>2022-07-22</t>
+          <t>2022-08-24</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>Kuwait, the State of</t>
+          <t>Nicaragua</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/681</t>
+          <t>G/MA/TAR/RS/683</t>
         </is>
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
-          <t>2022-07-22</t>
+          <t>2022-08-24</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>Jordan</t>
+          <t>Namibia</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/680</t>
+          <t>G/MA/TAR/RS/682</t>
         </is>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t>2022-07-22</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>Jamaica</t>
+          <t>Kuwait, the State of</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/679</t>
+          <t>G/MA/TAR/RS/681</t>
         </is>
       </c>
       <c r="C44" s="0"/>
       <c r="D44" s="0" t="inlineStr">
         <is>
-          <t>2022-07-11</t>
+          <t>2022-07-22</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>Grenada</t>
+          <t>Jordan</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/678</t>
+          <t>G/MA/TAR/RS/680</t>
         </is>
       </c>
       <c r="C45" s="0"/>
       <c r="D45" s="0" t="inlineStr">
         <is>
-          <t>2022-07-08</t>
+          <t>2022-07-22</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>Antigua and Barbuda</t>
+          <t>Jamaica</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/676</t>
+          <t>G/MA/TAR/RS/679</t>
         </is>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>2022-07-08</t>
+          <t>2022-07-11</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Grenada</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/677</t>
+          <t>G/MA/TAR/RS/678</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>2022-05-12</t>
+          <t>2022-07-08</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Antigua and Barbuda</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/674</t>
+          <t>G/MA/TAR/RS/676</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>2022-04-07</t>
+          <t>2022-07-08</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>Lao People's Democratic Republic</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/663</t>
+          <t>G/MA/TAR/RS/677</t>
         </is>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0" t="inlineStr">
         <is>
-          <t>2022-03-25</t>
+          <t>2022-05-12</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>Lao People's Democratic Republic</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/662</t>
+          <t>G/MA/TAR/RS/674</t>
         </is>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0" t="inlineStr">
         <is>
-          <t>2022-03-25</t>
+          <t>2022-04-07</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>United Arab Emirates</t>
+          <t>Lao People's Democratic Republic</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/672</t>
+          <t>G/MA/TAR/RS/663</t>
         </is>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
-          <t>2022-03-15</t>
+          <t>2022-03-25</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>Tonga</t>
+          <t>Lao People's Democratic Republic</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/671</t>
+          <t>G/MA/TAR/RS/662</t>
         </is>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>2022-02-11</t>
+          <t>2022-03-25</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>Georgia</t>
+          <t>United Arab Emirates</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/670</t>
+          <t>G/MA/TAR/RS/672</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>2022-01-24</t>
+          <t>2022-03-15</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>Eswatini</t>
+          <t>Tonga</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/669</t>
+          <t>G/MA/TAR/RS/671</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>2022-01-24</t>
+          <t>2022-02-11</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Georgia</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/668</t>
+          <t>G/MA/TAR/RS/670</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>2022-01-20</t>
+          <t>2022-01-24</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>Belize</t>
+          <t>Eswatini</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/667</t>
+          <t>G/MA/TAR/RS/669</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>2022-01-19</t>
+          <t>2022-01-24</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>Cote d'Ivoire</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/665</t>
+          <t>G/MA/TAR/RS/668</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>2022-01-13</t>
+          <t>2022-01-20</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>Albania</t>
+          <t>Belize</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/664</t>
+          <t>G/MA/TAR/RS/667</t>
         </is>
       </c>
       <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
-          <t>2022-01-13</t>
+          <t>2022-01-19</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>New Zealand</t>
+          <t>Cote d'Ivoire</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/661</t>
+          <t>G/MA/TAR/RS/665</t>
         </is>
       </c>
       <c r="C59" s="0"/>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>2021-11-24</t>
+          <t>2022-01-13</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>Brazil</t>
+          <t>Albania</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/660</t>
+          <t>G/MA/TAR/RS/664</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2022-01-13</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>Thailand</t>
+          <t>New Zealand</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/659</t>
+          <t>G/MA/TAR/RS/661</t>
         </is>
       </c>
       <c r="C61" s="0"/>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2021-11-24</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Brazil</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/657</t>
+          <t>G/MA/TAR/RS/660</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>2021-06-21</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>Malaysia</t>
+          <t>Thailand</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/656</t>
+          <t>G/MA/TAR/RS/659</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>2021-05-07</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="0" t="inlineStr">
         <is>
           <t>Norway</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/618</t>
+          <t>G/MA/TAR/RS/657</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>2021-01-06</t>
+          <t>2021-06-21</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>Tajikistan</t>
+          <t>Malaysia</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/655</t>
+          <t>G/MA/TAR/RS/656</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>2020-12-17</t>
+          <t>2021-05-07</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>Seychelles</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/654</t>
+          <t>G/MA/TAR/RS/618</t>
         </is>
       </c>
       <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>2020-12-17</t>
+          <t>2021-01-06</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>Other</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>Nigeria</t>
+          <t>Tajikistan</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/653</t>
+          <t>G/MA/TAR/RS/655</t>
         </is>
       </c>
       <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>Mongolia</t>
+          <t>Seychelles</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/652</t>
+          <t>G/MA/TAR/RS/654</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>Kenya</t>
+          <t>Nigeria</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/651</t>
+          <t>G/MA/TAR/RS/653</t>
         </is>
       </c>
       <c r="C69" s="0"/>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Mongolia</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/650</t>
+          <t>G/MA/TAR/RS/652</t>
         </is>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>Ghana</t>
+          <t>Kenya</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/649</t>
+          <t>G/MA/TAR/RS/651</t>
         </is>
       </c>
       <c r="C71" s="0"/>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>Dominica</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/648</t>
+          <t>G/MA/TAR/RS/650</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>Congo</t>
+          <t>Ghana</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/647</t>
+          <t>G/MA/TAR/RS/649</t>
         </is>
       </c>
       <c r="C73" s="0"/>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>Chile</t>
+          <t>Dominica</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/646</t>
+          <t>G/MA/TAR/RS/648</t>
         </is>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>Cabo Verde</t>
+          <t>Congo</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/645</t>
+          <t>G/MA/TAR/RS/647</t>
         </is>
       </c>
       <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>Cameroon</t>
+          <t>Chile</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/644</t>
+          <t>G/MA/TAR/RS/646</t>
         </is>
       </c>
       <c r="C76" s="0"/>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>Brunei Darussalam</t>
+          <t>Cabo Verde</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/643</t>
+          <t>G/MA/TAR/RS/645</t>
         </is>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>Barbados</t>
+          <t>Cameroon</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/642</t>
+          <t>G/MA/TAR/RS/644</t>
         </is>
       </c>
       <c r="C78" s="0"/>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>Brunei Darussalam</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/641</t>
+          <t>G/MA/TAR/RS/643</t>
         </is>
       </c>
       <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t>2020-12-17</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>Yemen</t>
+          <t>Barbados</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/640</t>
+          <t>G/MA/TAR/RS/642</t>
         </is>
       </c>
       <c r="C80" s="0"/>
       <c r="D80" s="0" t="inlineStr">
         <is>
-          <t>2020-11-16</t>
+          <t>2020-12-17</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>Lao People's Democratic Republic</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/628</t>
+          <t>G/MA/TAR/RS/641</t>
         </is>
       </c>
       <c r="C81" s="0"/>
       <c r="D81" s="0" t="inlineStr">
         <is>
-          <t>2020-11-11</t>
+          <t>2020-12-17</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>Guyana</t>
+          <t>Yemen</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/627</t>
+          <t>G/MA/TAR/RS/640</t>
         </is>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>2020-11-11</t>
+          <t>2020-11-16</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>Guinea</t>
+          <t>Lao People's Democratic Republic</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/626</t>
+          <t>G/MA/TAR/RS/628</t>
         </is>
       </c>
       <c r="C83" s="0"/>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t>2020-11-11</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>Madagascar</t>
+          <t>Guyana</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/639</t>
+          <t>G/MA/TAR/RS/627</t>
         </is>
       </c>
       <c r="C84" s="0"/>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>2020-11-10</t>
+          <t>2020-11-11</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>Nepal</t>
+          <t>Guinea</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/636</t>
+          <t>G/MA/TAR/RS/626</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
-          <t>2020-11-10</t>
+          <t>2020-11-11</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>Madagascar</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/635</t>
+          <t>G/MA/TAR/RS/639</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t>2020-11-10</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>Mauritania</t>
+          <t>Nepal</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/634</t>
+          <t>G/MA/TAR/RS/636</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t>2020-11-10</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/633</t>
+          <t>G/MA/TAR/RS/635</t>
         </is>
       </c>
       <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>2020-11-09</t>
+          <t>2020-11-10</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>Maldives</t>
+          <t>Mauritania</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/632</t>
+          <t>G/MA/TAR/RS/634</t>
         </is>
       </c>
       <c r="C89" s="0"/>
       <c r="D89" s="0" t="inlineStr">
         <is>
-          <t>2020-11-09</t>
+          <t>2020-11-10</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>Malawi</t>
+          <t>Mali</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/631</t>
+          <t>G/MA/TAR/RS/633</t>
         </is>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t>2020-11-09</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>Uganda</t>
+          <t>Maldives</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/630</t>
+          <t>G/MA/TAR/RS/632</t>
         </is>
       </c>
       <c r="C91" s="0"/>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t>2020-11-09</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>Liberia</t>
+          <t>Malawi</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/629</t>
+          <t>G/MA/TAR/RS/631</t>
         </is>
       </c>
       <c r="C92" s="0"/>
       <c r="D92" s="0" t="inlineStr">
         <is>
           <t>2020-11-09</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>Solomon Islands</t>
+          <t>Uganda</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/638</t>
+          <t>G/MA/TAR/RS/630</t>
         </is>
       </c>
       <c r="C93" s="0"/>
       <c r="D93" s="0" t="inlineStr">
         <is>
-          <t>2020-11-06</t>
+          <t>2020-11-09</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>Niger</t>
+          <t>Liberia</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/637</t>
+          <t>G/MA/TAR/RS/629</t>
         </is>
       </c>
       <c r="C94" s="0"/>
       <c r="D94" s="0" t="inlineStr">
         <is>
-          <t>2020-11-06</t>
+          <t>2020-11-09</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>1980 procedures</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>Fiji</t>
+          <t>Solomon Islands</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/625</t>
+          <t>G/MA/TAR/RS/638</t>
         </is>
       </c>
       <c r="C95" s="0"/>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>2020-10-28</t>
+          <t>2020-11-06</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>Democratic Republic of the Congo</t>
+          <t>Niger</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/624</t>
+          <t>G/MA/TAR/RS/637</t>
         </is>
       </c>
       <c r="C96" s="0"/>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>2020-10-28</t>
+          <t>2020-11-06</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>1980 procedures</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>Cambodia</t>
+          <t>Fiji</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/623</t>
+          <t>G/MA/TAR/RS/625</t>
         </is>
       </c>
       <c r="C97" s="0"/>
       <c r="D97" s="0" t="inlineStr">
         <is>
           <t>2020-10-28</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>Burundi</t>
+          <t>Democratic Republic of the Congo</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/622</t>
+          <t>G/MA/TAR/RS/624</t>
         </is>
       </c>
       <c r="C98" s="0"/>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t>2020-10-28</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>Burkina Faso</t>
+          <t>Cambodia</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/621</t>
+          <t>G/MA/TAR/RS/623</t>
         </is>
       </c>
       <c r="C99" s="0"/>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t>2020-10-28</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>Benin</t>
+          <t>Burundi</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/620</t>
+          <t>G/MA/TAR/RS/622</t>
         </is>
       </c>
       <c r="C100" s="0"/>
       <c r="D100" s="0" t="inlineStr">
         <is>
           <t>2020-10-28</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>Indonesia</t>
+          <t>Burkina Faso</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/619</t>
+          <t>G/MA/TAR/RS/621</t>
         </is>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0" t="inlineStr">
         <is>
-          <t>2020-10-12</t>
+          <t>2020-10-28</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>Zambia</t>
+          <t>Benin</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/617</t>
+          <t>G/MA/TAR/RS/620</t>
         </is>
       </c>
       <c r="C102" s="0"/>
       <c r="D102" s="0" t="inlineStr">
         <is>
-          <t>2020-08-25</t>
+          <t>2020-10-28</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>Rwanda</t>
+          <t>Indonesia</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/616</t>
+          <t>G/MA/TAR/RS/619</t>
         </is>
       </c>
       <c r="C103" s="0"/>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>2020-08-21</t>
+          <t>2020-10-12</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>Haiti</t>
+          <t>Zambia</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/615</t>
+          <t>G/MA/TAR/RS/617</t>
         </is>
       </c>
       <c r="C104" s="0"/>
       <c r="D104" s="0" t="inlineStr">
         <is>
-          <t>2020-08-21</t>
+          <t>2020-08-25</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>Djibouti</t>
+          <t>Rwanda</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/614</t>
+          <t>G/MA/TAR/RS/616</t>
         </is>
       </c>
       <c r="C105" s="0"/>
       <c r="D105" s="0" t="inlineStr">
         <is>
           <t>2020-08-21</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>Central African Republic</t>
+          <t>Haiti</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/613</t>
+          <t>G/MA/TAR/RS/615</t>
         </is>
       </c>
       <c r="C106" s="0"/>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t>2020-08-21</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Djibouti</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/612</t>
+          <t>G/MA/TAR/RS/614</t>
         </is>
       </c>
       <c r="C107" s="0"/>
       <c r="D107" s="0" t="inlineStr">
         <is>
-          <t>2020-08-12</t>
+          <t>2020-08-21</t>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Central African Republic</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/611</t>
+          <t>G/MA/TAR/RS/613</t>
         </is>
       </c>
       <c r="C108" s="0"/>
       <c r="D108" s="0" t="inlineStr">
         <is>
-          <t>2020-07-24</t>
+          <t>2020-08-21</t>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>Moldova, Republic of</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/610</t>
+          <t>G/MA/TAR/RS/612</t>
         </is>
       </c>
       <c r="C109" s="0"/>
       <c r="D109" s="0" t="inlineStr">
         <is>
-          <t>2020-07-24</t>
+          <t>2020-08-12</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>Vanuatu</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/609</t>
+          <t>G/MA/TAR/RS/611</t>
         </is>
       </c>
       <c r="C110" s="0"/>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>Togo</t>
+          <t>Moldova, Republic of</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/608</t>
+          <t>G/MA/TAR/RS/610</t>
         </is>
       </c>
       <c r="C111" s="0"/>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>HS2017</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>Tanzania</t>
+          <t>Vanuatu</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/607</t>
+          <t>G/MA/TAR/RS/609</t>
         </is>
       </c>
       <c r="C112" s="0"/>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>Togo</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/606</t>
+          <t>G/MA/TAR/RS/608</t>
         </is>
       </c>
       <c r="C113" s="0"/>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Tanzania</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/605</t>
+          <t>G/MA/TAR/RS/607</t>
         </is>
       </c>
       <c r="C114" s="0"/>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>Mozambique</t>
+          <t>Sierra Leone</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/604</t>
+          <t>G/MA/TAR/RS/606</t>
         </is>
       </c>
       <c r="C115" s="0"/>
       <c r="D115" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Myanmar</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/603</t>
+          <t>G/MA/TAR/RS/605</t>
         </is>
       </c>
       <c r="C116" s="0"/>
       <c r="D116" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>Guinea-Bissau</t>
+          <t>Mozambique</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/602</t>
+          <t>G/MA/TAR/RS/604</t>
         </is>
       </c>
       <c r="C117" s="0"/>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>Gambia, The</t>
+          <t>Lesotho</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/601</t>
+          <t>G/MA/TAR/RS/603</t>
         </is>
       </c>
       <c r="C118" s="0"/>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>Chad</t>
+          <t>Guinea-Bissau</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/600</t>
+          <t>G/MA/TAR/RS/602</t>
         </is>
       </c>
       <c r="C119" s="0"/>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>Angola</t>
+          <t>Gambia, The</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/599</t>
+          <t>G/MA/TAR/RS/601</t>
         </is>
       </c>
       <c r="C120" s="0"/>
       <c r="D120" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>Afghanistan</t>
+          <t>Chad</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/598</t>
+          <t>G/MA/TAR/RS/600</t>
         </is>
       </c>
       <c r="C121" s="0"/>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t>2020-07-24</t>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
           <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Angola</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/597</t>
+          <t>G/MA/TAR/RS/599</t>
         </is>
       </c>
       <c r="C122" s="0"/>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>2020-05-15</t>
+          <t>2020-07-24</t>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>Bangladesh</t>
+          <t>Afghanistan</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/596</t>
+          <t>G/MA/TAR/RS/598</t>
         </is>
       </c>
       <c r="C123" s="0"/>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>2020-05-15</t>
+          <t>2020-07-24</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2017</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" s="0" t="inlineStr">
         <is>
           <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/595</t>
+          <t>G/MA/TAR/RS/597</t>
         </is>
       </c>
       <c r="C124" s="0"/>
       <c r="D124" s="0" t="inlineStr">
         <is>
-          <t>2020-04-21</t>
+          <t>2020-05-15</t>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors, HS2002, HS2007</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Bangladesh</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/594</t>
+          <t>G/MA/TAR/RS/596</t>
         </is>
       </c>
       <c r="C125" s="0"/>
       <c r="D125" s="0" t="inlineStr">
         <is>
-          <t>2020-03-03</t>
+          <t>2020-05-15</t>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/594</t>
+          <t>G/MA/TAR/RS/595</t>
         </is>
       </c>
       <c r="C126" s="0"/>
       <c r="D126" s="0" t="inlineStr">
         <is>
-          <t>2020-03-03</t>
+          <t>2020-04-21</t>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>Rectifications of errors, HS2002, HS2007</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/593</t>
+          <t>G/MA/TAR/RS/594</t>
         </is>
       </c>
       <c r="C127" s="0"/>
       <c r="D127" s="0" t="inlineStr">
         <is>
-          <t>2020-02-12</t>
+          <t>2020-03-03</t>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/431</t>
+          <t>G/MA/TAR/RS/594</t>
         </is>
       </c>
       <c r="C128" s="0"/>
       <c r="D128" s="0" t="inlineStr">
         <is>
-          <t>2020-02-04</t>
+          <t>2020-03-03</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>Georgia</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/590</t>
+          <t>G/MA/TAR/RS/593</t>
         </is>
       </c>
       <c r="C129" s="0"/>
       <c r="D129" s="0" t="inlineStr">
         <is>
-          <t>2019-09-16</t>
+          <t>2020-02-12</t>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="0" t="inlineStr">
         <is>
           <t>Colombia</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/589</t>
+          <t>G/MA/TAR/RS/431</t>
         </is>
       </c>
       <c r="C130" s="0"/>
       <c r="D130" s="0" t="inlineStr">
         <is>
-          <t>2019-09-16</t>
+          <t>2020-02-04</t>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Georgia</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/579</t>
+          <t>G/MA/TAR/RS/590</t>
         </is>
       </c>
       <c r="C131" s="0"/>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t>2019-09-16</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/579</t>
+          <t>G/MA/TAR/RS/589</t>
         </is>
       </c>
       <c r="C132" s="0"/>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t>2019-09-16</t>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/583</t>
+          <t>G/MA/TAR/RS/579</t>
         </is>
       </c>
       <c r="C133" s="0"/>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>2019-07-31</t>
+          <t>2019-09-16</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/587</t>
+          <t>G/MA/TAR/RS/579</t>
         </is>
       </c>
       <c r="C134" s="0"/>
       <c r="D134" s="0" t="inlineStr">
         <is>
-          <t>2019-06-27</t>
+          <t>2019-09-16</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>Viet Nam</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/585</t>
+          <t>G/MA/TAR/RS/583</t>
         </is>
       </c>
       <c r="C135" s="0"/>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>2019-06-27</t>
+          <t>2019-07-31</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>Türkiye</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/588</t>
+          <t>G/MA/TAR/RS/587</t>
         </is>
       </c>
       <c r="C136" s="0"/>
       <c r="D136" s="0" t="inlineStr">
         <is>
-          <t>2019-06-18</t>
+          <t>2019-06-27</t>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>Panama</t>
+          <t>Viet Nam</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/586</t>
+          <t>G/MA/TAR/RS/585</t>
         </is>
       </c>
       <c r="C137" s="0"/>
       <c r="D137" s="0" t="inlineStr">
         <is>
-          <t>2019-03-21</t>
+          <t>2019-06-27</t>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Türkiye</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/577</t>
+          <t>G/MA/TAR/RS/588</t>
         </is>
       </c>
       <c r="C138" s="0"/>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>2019-03-19</t>
+          <t>2019-06-18</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>Iceland</t>
+          <t>Panama</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/584</t>
+          <t>G/MA/TAR/RS/586</t>
         </is>
       </c>
       <c r="C139" s="0"/>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>2019-03-15</t>
+          <t>2019-03-21</t>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/581</t>
+          <t>G/MA/TAR/RS/577</t>
         </is>
       </c>
       <c r="C140" s="0"/>
       <c r="D140" s="0" t="inlineStr">
         <is>
-          <t>2019-03-08</t>
+          <t>2019-03-19</t>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Iceland</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/580</t>
+          <t>G/MA/TAR/RS/584</t>
         </is>
       </c>
       <c r="C141" s="0"/>
       <c r="D141" s="0" t="inlineStr">
         <is>
-          <t>2019-01-24</t>
+          <t>2019-03-15</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>Mexico</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/578</t>
+          <t>G/MA/TAR/RS/581</t>
         </is>
       </c>
       <c r="C142" s="0"/>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>2019-01-10</t>
+          <t>2019-03-08</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>Gabon</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/576</t>
+          <t>G/MA/TAR/RS/580</t>
         </is>
       </c>
       <c r="C143" s="0"/>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>2018-12-17</t>
+          <t>2019-01-24</t>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Mexico</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/524</t>
+          <t>G/MA/TAR/RS/578</t>
         </is>
       </c>
       <c r="C144" s="0"/>
       <c r="D144" s="0" t="inlineStr">
         <is>
-          <t>2018-12-04</t>
+          <t>2019-01-10</t>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
           <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>Eswatini</t>
+          <t>Gabon</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/575</t>
+          <t>G/MA/TAR/RS/576</t>
         </is>
       </c>
       <c r="C145" s="0"/>
       <c r="D145" s="0" t="inlineStr">
         <is>
-          <t>2018-11-22</t>
+          <t>2018-12-17</t>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>Ecuador</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/574</t>
+          <t>G/MA/TAR/RS/524</t>
         </is>
       </c>
       <c r="C146" s="0"/>
       <c r="D146" s="0" t="inlineStr">
         <is>
-          <t>2018-11-22</t>
+          <t>2018-12-04</t>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>Bangladesh</t>
+          <t>Eswatini</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/573</t>
+          <t>G/MA/TAR/RS/575</t>
         </is>
       </c>
       <c r="C147" s="0"/>
       <c r="D147" s="0" t="inlineStr">
         <is>
           <t>2018-11-22</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Ecuador</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/565</t>
+          <t>G/MA/TAR/RS/574</t>
         </is>
       </c>
       <c r="C148" s="0"/>
       <c r="D148" s="0" t="inlineStr">
         <is>
-          <t>2018-10-08</t>
+          <t>2018-11-22</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Bangladesh</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/565</t>
+          <t>G/MA/TAR/RS/573</t>
         </is>
       </c>
       <c r="C149" s="0"/>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>2018-10-08</t>
+          <t>2018-11-22</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/571</t>
+          <t>G/MA/TAR/RS/565</t>
         </is>
       </c>
       <c r="C150" s="0"/>
       <c r="D150" s="0" t="inlineStr">
         <is>
-          <t>2018-08-08</t>
+          <t>2018-10-08</t>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>Albania</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/569</t>
+          <t>G/MA/TAR/RS/565</t>
         </is>
       </c>
       <c r="C151" s="0"/>
       <c r="D151" s="0" t="inlineStr">
         <is>
-          <t>2018-07-23</t>
+          <t>2018-10-08</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/568</t>
+          <t>G/MA/TAR/RS/571</t>
         </is>
       </c>
       <c r="C152" s="0"/>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>2018-07-10</t>
+          <t>2018-08-08</t>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
           <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Albania</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/45</t>
+          <t>G/MA/TAR/RS/569</t>
         </is>
       </c>
       <c r="C153" s="0"/>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>2018-07-05</t>
+          <t>2018-07-23</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>Uruguay</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/567</t>
+          <t>G/MA/TAR/RS/568</t>
         </is>
       </c>
       <c r="C154" s="0"/>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>2018-06-26</t>
+          <t>2018-07-10</t>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
           <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>Saint Vincent and the Grenadines</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/555</t>
+          <t>G/MA/TAR/RS/45</t>
         </is>
       </c>
       <c r="C155" s="0"/>
       <c r="D155" s="0" t="inlineStr">
         <is>
-          <t>2018-06-25</t>
+          <t>2018-07-05</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Uruguay</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/566</t>
+          <t>G/MA/TAR/RS/567</t>
         </is>
       </c>
       <c r="C156" s="0"/>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>2018-06-22</t>
+          <t>2018-06-26</t>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
           <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>Saudi Arabia, Kingdom of</t>
+          <t>Saint Vincent and the Grenadines</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/559</t>
+          <t>G/MA/TAR/RS/555</t>
         </is>
       </c>
       <c r="C157" s="0"/>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>2018-06-20</t>
+          <t>2018-06-25</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/564</t>
+          <t>G/MA/TAR/RS/566</t>
         </is>
       </c>
       <c r="C158" s="0"/>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>2018-06-18</t>
+          <t>2018-06-22</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>Nicaragua</t>
+          <t>Saudi Arabia, Kingdom of</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/563</t>
+          <t>G/MA/TAR/RS/559</t>
         </is>
       </c>
       <c r="C159" s="0"/>
       <c r="D159" s="0" t="inlineStr">
         <is>
-          <t>2018-06-18</t>
+          <t>2018-06-20</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/562</t>
+          <t>G/MA/TAR/RS/564</t>
         </is>
       </c>
       <c r="C160" s="0"/>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t>2018-06-18</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Nicaragua</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/560</t>
+          <t>G/MA/TAR/RS/563</t>
         </is>
       </c>
       <c r="C161" s="0"/>
       <c r="D161" s="0" t="inlineStr">
         <is>
           <t>2018-06-18</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>United Arab Emirates</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/558</t>
+          <t>G/MA/TAR/RS/562</t>
         </is>
       </c>
       <c r="C162" s="0"/>
       <c r="D162" s="0" t="inlineStr">
         <is>
           <t>2018-06-18</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>North Macedonia</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/556</t>
+          <t>G/MA/TAR/RS/560</t>
         </is>
       </c>
       <c r="C163" s="0"/>
       <c r="D163" s="0" t="inlineStr">
         <is>
           <t>2018-06-18</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>Suriname</t>
+          <t>United Arab Emirates</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/557</t>
+          <t>G/MA/TAR/RS/558</t>
         </is>
       </c>
       <c r="C164" s="0"/>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>2018-06-15</t>
+          <t>2018-06-18</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>Peru</t>
+          <t>North Macedonia</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/554</t>
+          <t>G/MA/TAR/RS/556</t>
         </is>
       </c>
       <c r="C165" s="0"/>
       <c r="D165" s="0" t="inlineStr">
         <is>
-          <t>2018-05-18</t>
+          <t>2018-06-18</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>Saint Lucia</t>
+          <t>Suriname</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/553</t>
+          <t>G/MA/TAR/RS/557</t>
         </is>
       </c>
       <c r="C166" s="0"/>
       <c r="D166" s="0" t="inlineStr">
         <is>
-          <t>2018-05-18</t>
+          <t>2018-06-15</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>Montenegro</t>
+          <t>Peru</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/552</t>
+          <t>G/MA/TAR/RS/554</t>
         </is>
       </c>
       <c r="C167" s="0"/>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t>2018-05-18</t>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Saint Lucia</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/551</t>
+          <t>G/MA/TAR/RS/553</t>
         </is>
       </c>
       <c r="C168" s="0"/>
       <c r="D168" s="0" t="inlineStr">
         <is>
           <t>2018-05-18</t>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>Chile</t>
+          <t>Montenegro</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/550</t>
+          <t>G/MA/TAR/RS/552</t>
         </is>
       </c>
       <c r="C169" s="0"/>
       <c r="D169" s="0" t="inlineStr">
         <is>
           <t>2018-05-18</t>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>Yemen</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/549</t>
+          <t>G/MA/TAR/RS/551</t>
         </is>
       </c>
       <c r="C170" s="0"/>
       <c r="D170" s="0" t="inlineStr">
         <is>
-          <t>2018-05-15</t>
+          <t>2018-05-18</t>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>Vanuatu</t>
+          <t>Chile</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/548</t>
+          <t>G/MA/TAR/RS/550</t>
         </is>
       </c>
       <c r="C171" s="0"/>
       <c r="D171" s="0" t="inlineStr">
         <is>
-          <t>2018-05-02</t>
+          <t>2018-05-18</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>Tonga</t>
+          <t>Yemen</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/547</t>
+          <t>G/MA/TAR/RS/549</t>
         </is>
       </c>
       <c r="C172" s="0"/>
       <c r="D172" s="0" t="inlineStr">
         <is>
-          <t>2018-05-02</t>
+          <t>2018-05-15</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Vanuatu</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/546</t>
+          <t>G/MA/TAR/RS/548</t>
         </is>
       </c>
       <c r="C173" s="0"/>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>Solomon Islands</t>
+          <t>Tonga</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/545</t>
+          <t>G/MA/TAR/RS/547</t>
         </is>
       </c>
       <c r="C174" s="0"/>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/544</t>
+          <t>G/MA/TAR/RS/546</t>
         </is>
       </c>
       <c r="C175" s="0"/>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>Samoa</t>
+          <t>Solomon Islands</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/543</t>
+          <t>G/MA/TAR/RS/545</t>
         </is>
       </c>
       <c r="C176" s="0"/>
       <c r="D176" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>Qatar</t>
+          <t>Sierra Leone</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/542</t>
+          <t>G/MA/TAR/RS/544</t>
         </is>
       </c>
       <c r="C177" s="0"/>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>Papua New Guinea</t>
+          <t>Samoa</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/541</t>
+          <t>G/MA/TAR/RS/543</t>
         </is>
       </c>
       <c r="C178" s="0"/>
       <c r="D178" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>Oman</t>
+          <t>Qatar</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/540</t>
+          <t>G/MA/TAR/RS/542</t>
         </is>
       </c>
       <c r="C179" s="0"/>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Papua New Guinea</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/539</t>
+          <t>G/MA/TAR/RS/541</t>
         </is>
       </c>
       <c r="C180" s="0"/>
       <c r="D180" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Oman</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/539</t>
+          <t>G/MA/TAR/RS/540</t>
         </is>
       </c>
       <c r="C181" s="0"/>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t>2018-05-02</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/538</t>
+          <t>G/MA/TAR/RS/539</t>
         </is>
       </c>
       <c r="C182" s="0"/>
       <c r="D182" s="0" t="inlineStr">
         <is>
-          <t>2018-04-25</t>
+          <t>2018-05-02</t>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>Nepal</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/537</t>
+          <t>G/MA/TAR/RS/539</t>
         </is>
       </c>
       <c r="C183" s="0"/>
       <c r="D183" s="0" t="inlineStr">
         <is>
-          <t>2018-04-03</t>
+          <t>2018-05-02</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>Mongolia</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/535</t>
+          <t>G/MA/TAR/RS/538</t>
         </is>
       </c>
       <c r="C184" s="0"/>
       <c r="D184" s="0" t="inlineStr">
         <is>
-          <t>2018-04-03</t>
+          <t>2018-04-25</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Nepal</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/536</t>
+          <t>G/MA/TAR/RS/537</t>
         </is>
       </c>
       <c r="C185" s="0"/>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>2018-03-29</t>
+          <t>2018-04-03</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>Mongolia</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/534</t>
+          <t>G/MA/TAR/RS/535</t>
         </is>
       </c>
       <c r="C186" s="0"/>
       <c r="D186" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2018-04-03</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>Mauritania</t>
+          <t>Myanmar</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/533</t>
+          <t>G/MA/TAR/RS/536</t>
         </is>
       </c>
       <c r="C187" s="0"/>
       <c r="D187" s="0" t="inlineStr">
         <is>
-          <t>2018-03-27</t>
+          <t>2018-03-29</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>Maldives</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/532</t>
+          <t>G/MA/TAR/RS/534</t>
         </is>
       </c>
       <c r="C188" s="0"/>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t>2018-03-27</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>Malawi</t>
+          <t>Mauritania</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/531</t>
+          <t>G/MA/TAR/RS/533</t>
         </is>
       </c>
       <c r="C189" s="0"/>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t>2018-03-27</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>Madagascar</t>
+          <t>Maldives</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/530</t>
+          <t>G/MA/TAR/RS/532</t>
         </is>
       </c>
       <c r="C190" s="0"/>
       <c r="D190" s="0" t="inlineStr">
         <is>
           <t>2018-03-27</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>Lao People's Democratic Republic</t>
+          <t>Malawi</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/529</t>
+          <t>G/MA/TAR/RS/531</t>
         </is>
       </c>
       <c r="C191" s="0"/>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t>2018-03-27</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>Kenya</t>
+          <t>Madagascar</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/528</t>
+          <t>G/MA/TAR/RS/530</t>
         </is>
       </c>
       <c r="C192" s="0"/>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t>2018-03-27</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>Jordan</t>
+          <t>Lao People's Democratic Republic</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/527</t>
+          <t>G/MA/TAR/RS/529</t>
         </is>
       </c>
       <c r="C193" s="0"/>
       <c r="D193" s="0" t="inlineStr">
         <is>
-          <t>2018-03-26</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>Jamaica</t>
+          <t>Kenya</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/526</t>
+          <t>G/MA/TAR/RS/528</t>
         </is>
       </c>
       <c r="C194" s="0"/>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>2018-03-26</t>
+          <t>2018-03-27</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Jordan</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/525</t>
+          <t>G/MA/TAR/RS/527</t>
         </is>
       </c>
       <c r="C195" s="0"/>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>2018-03-21</t>
+          <t>2018-03-26</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>Dominica</t>
+          <t>Jamaica</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/520</t>
+          <t>G/MA/TAR/RS/526</t>
         </is>
       </c>
       <c r="C196" s="0"/>
       <c r="D196" s="0" t="inlineStr">
         <is>
-          <t>2018-02-28</t>
+          <t>2018-03-26</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>Djibouti</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/519</t>
+          <t>G/MA/TAR/RS/525</t>
         </is>
       </c>
       <c r="C197" s="0"/>
       <c r="D197" s="0" t="inlineStr">
         <is>
-          <t>2018-02-28</t>
+          <t>2018-03-21</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>Cuba</t>
+          <t>Dominica</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/518</t>
+          <t>G/MA/TAR/RS/520</t>
         </is>
       </c>
       <c r="C198" s="0"/>
       <c r="D198" s="0" t="inlineStr">
         <is>
           <t>2018-02-28</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>Central African Republic</t>
+          <t>Djibouti</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/517</t>
+          <t>G/MA/TAR/RS/519</t>
         </is>
       </c>
       <c r="C199" s="0"/>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t>2018-02-28</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>Guyana</t>
+          <t>Cuba</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/523</t>
+          <t>G/MA/TAR/RS/518</t>
         </is>
       </c>
       <c r="C200" s="0"/>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>2018-02-27</t>
+          <t>2018-02-28</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>Grenada</t>
+          <t>Central African Republic</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/522</t>
+          <t>G/MA/TAR/RS/517</t>
         </is>
       </c>
       <c r="C201" s="0"/>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>2018-02-27</t>
+          <t>2018-02-28</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>Fiji</t>
+          <t>Guyana</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/521</t>
+          <t>G/MA/TAR/RS/523</t>
         </is>
       </c>
       <c r="C202" s="0"/>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t>2018-02-27</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>Burundi</t>
+          <t>Grenada</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/516</t>
+          <t>G/MA/TAR/RS/522</t>
         </is>
       </c>
       <c r="C203" s="0"/>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t>2018-02-27</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>Haiti</t>
+          <t>Fiji</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/515</t>
+          <t>G/MA/TAR/RS/521</t>
         </is>
       </c>
       <c r="C204" s="0"/>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t>2018-02-27</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>Barbados</t>
+          <t>Burundi</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/514</t>
+          <t>G/MA/TAR/RS/516</t>
         </is>
       </c>
       <c r="C205" s="0"/>
       <c r="D205" s="0" t="inlineStr">
         <is>
-          <t>2018-02-07</t>
+          <t>2018-02-27</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>Haiti</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/513</t>
+          <t>G/MA/TAR/RS/515</t>
         </is>
       </c>
       <c r="C206" s="0"/>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>2018-02-07</t>
+          <t>2018-02-27</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Barbados</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/511</t>
+          <t>G/MA/TAR/RS/514</t>
         </is>
       </c>
       <c r="C207" s="0"/>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>2017-12-11</t>
+          <t>2018-02-07</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/510</t>
+          <t>G/MA/TAR/RS/513</t>
         </is>
       </c>
       <c r="C208" s="0"/>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>2017-12-07</t>
+          <t>2018-02-07</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>Bangladesh</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/509</t>
+          <t>G/MA/TAR/RS/511</t>
         </is>
       </c>
       <c r="C209" s="0"/>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>2017-12-06</t>
+          <t>2017-12-11</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>Georgia</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/508</t>
+          <t>G/MA/TAR/RS/510</t>
         </is>
       </c>
       <c r="C210" s="0"/>
       <c r="D210" s="0" t="inlineStr">
         <is>
-          <t>2017-12-06</t>
+          <t>2017-12-07</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Bangladesh</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/507</t>
+          <t>G/MA/TAR/RS/509</t>
         </is>
       </c>
       <c r="C211" s="0"/>
       <c r="D211" s="0" t="inlineStr">
         <is>
-          <t>2017-11-28</t>
+          <t>2017-12-06</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>Tajikistan</t>
+          <t>Georgia</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/481</t>
+          <t>G/MA/TAR/RS/508</t>
         </is>
       </c>
       <c r="C212" s="0"/>
       <c r="D212" s="0" t="inlineStr">
         <is>
-          <t>2017-11-09</t>
+          <t>2017-12-06</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/483</t>
+          <t>G/MA/TAR/RS/507</t>
         </is>
       </c>
       <c r="C213" s="0"/>
       <c r="D213" s="0" t="inlineStr">
         <is>
-          <t>2017-10-24</t>
+          <t>2017-11-28</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Tajikistan</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/483</t>
+          <t>G/MA/TAR/RS/481</t>
         </is>
       </c>
       <c r="C214" s="0"/>
       <c r="D214" s="0" t="inlineStr">
         <is>
-          <t>2017-10-24</t>
+          <t>2017-11-09</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>Seychelles</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/505</t>
+          <t>G/MA/TAR/RS/483</t>
         </is>
       </c>
       <c r="C215" s="0"/>
       <c r="D215" s="0" t="inlineStr">
         <is>
-          <t>2017-09-12</t>
+          <t>2017-10-24</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>Rwanda</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/504</t>
+          <t>G/MA/TAR/RS/483</t>
         </is>
       </c>
       <c r="C216" s="0"/>
       <c r="D216" s="0" t="inlineStr">
         <is>
-          <t>2017-08-07</t>
+          <t>2017-10-24</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>Togo</t>
+          <t>Seychelles</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/503</t>
+          <t>G/MA/TAR/RS/505</t>
         </is>
       </c>
       <c r="C217" s="0"/>
       <c r="D217" s="0" t="inlineStr">
         <is>
-          <t>2017-07-27</t>
+          <t>2017-09-12</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>Nigeria</t>
+          <t>Rwanda</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/501</t>
+          <t>G/MA/TAR/RS/504</t>
         </is>
       </c>
       <c r="C218" s="0"/>
       <c r="D218" s="0" t="inlineStr">
         <is>
-          <t>2017-07-27</t>
+          <t>2017-08-07</t>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>Cote d'Ivoire</t>
+          <t>Togo</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/494</t>
+          <t>G/MA/TAR/RS/503</t>
         </is>
       </c>
       <c r="C219" s="0"/>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t>2017-07-27</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Nigeria</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/502</t>
+          <t>G/MA/TAR/RS/501</t>
         </is>
       </c>
       <c r="C220" s="0"/>
       <c r="D220" s="0" t="inlineStr">
         <is>
-          <t>2017-07-26</t>
+          <t>2017-07-27</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>Argentina</t>
+          <t>Cote d'Ivoire</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/500</t>
+          <t>G/MA/TAR/RS/494</t>
         </is>
       </c>
       <c r="C221" s="0"/>
       <c r="D221" s="0" t="inlineStr">
         <is>
-          <t>2017-07-26</t>
+          <t>2017-07-27</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>Niger</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/499</t>
+          <t>G/MA/TAR/RS/502</t>
         </is>
       </c>
       <c r="C222" s="0"/>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t>2017-07-26</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Argentina</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/498</t>
+          <t>G/MA/TAR/RS/500</t>
         </is>
       </c>
       <c r="C223" s="0"/>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t>2017-07-26</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>Guinea</t>
+          <t>Niger</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/497</t>
+          <t>G/MA/TAR/RS/499</t>
         </is>
       </c>
       <c r="C224" s="0"/>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t>2017-07-26</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>Ghana</t>
+          <t>Mali</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/496</t>
+          <t>G/MA/TAR/RS/498</t>
         </is>
       </c>
       <c r="C225" s="0"/>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t>2017-07-26</t>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>Gambia, The</t>
+          <t>Guinea</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/495</t>
+          <t>G/MA/TAR/RS/497</t>
         </is>
       </c>
       <c r="C226" s="0"/>
       <c r="D226" s="0" t="inlineStr">
         <is>
           <t>2017-07-26</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>Cambodia</t>
+          <t>Ghana</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/493</t>
+          <t>G/MA/TAR/RS/496</t>
         </is>
       </c>
       <c r="C227" s="0"/>
       <c r="D227" s="0" t="inlineStr">
         <is>
-          <t>2017-07-24</t>
+          <t>2017-07-26</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>Cabo Verde</t>
+          <t>Gambia, The</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/492</t>
+          <t>G/MA/TAR/RS/495</t>
         </is>
       </c>
       <c r="C228" s="0"/>
       <c r="D228" s="0" t="inlineStr">
         <is>
-          <t>2017-07-24</t>
+          <t>2017-07-26</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>Burkina Faso</t>
+          <t>Cambodia</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/491</t>
+          <t>G/MA/TAR/RS/493</t>
         </is>
       </c>
       <c r="C229" s="0"/>
       <c r="D229" s="0" t="inlineStr">
         <is>
-          <t>2017-07-21</t>
+          <t>2017-07-24</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>Benin</t>
+          <t>Cabo Verde</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/490</t>
+          <t>G/MA/TAR/RS/492</t>
         </is>
       </c>
       <c r="C230" s="0"/>
       <c r="D230" s="0" t="inlineStr">
         <is>
-          <t>2017-07-21</t>
+          <t>2017-07-24</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>Angola</t>
+          <t>Burkina Faso</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/489</t>
+          <t>G/MA/TAR/RS/491</t>
         </is>
       </c>
       <c r="C231" s="0"/>
       <c r="D231" s="0" t="inlineStr">
         <is>
           <t>2017-07-21</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>Zimbabwe</t>
+          <t>Benin</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/488</t>
+          <t>G/MA/TAR/RS/490</t>
         </is>
       </c>
       <c r="C232" s="0"/>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t>2017-07-21</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>Zambia</t>
+          <t>Angola</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/487</t>
+          <t>G/MA/TAR/RS/489</t>
         </is>
       </c>
       <c r="C233" s="0"/>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t>2017-07-21</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>Uruguay</t>
+          <t>Zimbabwe</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/486</t>
+          <t>G/MA/TAR/RS/488</t>
         </is>
       </c>
       <c r="C234" s="0"/>
       <c r="D234" s="0" t="inlineStr">
         <is>
           <t>2017-07-21</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>Uganda</t>
+          <t>Zambia</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/485</t>
+          <t>G/MA/TAR/RS/487</t>
         </is>
       </c>
       <c r="C235" s="0"/>
       <c r="D235" s="0" t="inlineStr">
         <is>
           <t>2017-07-21</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>Trinidad and Tobago</t>
+          <t>Uruguay</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/484</t>
+          <t>G/MA/TAR/RS/486</t>
         </is>
       </c>
       <c r="C236" s="0"/>
       <c r="D236" s="0" t="inlineStr">
         <is>
           <t>2017-07-21</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>Tanzania</t>
+          <t>Uganda</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/482</t>
+          <t>G/MA/TAR/RS/485</t>
         </is>
       </c>
       <c r="C237" s="0"/>
       <c r="D237" s="0" t="inlineStr">
         <is>
-          <t>2017-07-19</t>
+          <t>2017-07-21</t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>Seychelles</t>
+          <t>Trinidad and Tobago</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/480</t>
+          <t>G/MA/TAR/RS/484</t>
         </is>
       </c>
       <c r="C238" s="0"/>
       <c r="D238" s="0" t="inlineStr">
         <is>
-          <t>2017-07-19</t>
+          <t>2017-07-21</t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>Saint Kitts and Nevis</t>
+          <t>Tanzania</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/479</t>
+          <t>G/MA/TAR/RS/482</t>
         </is>
       </c>
       <c r="C239" s="0"/>
       <c r="D239" s="0" t="inlineStr">
         <is>
           <t>2017-07-19</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Seychelles</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/478</t>
+          <t>G/MA/TAR/RS/480</t>
         </is>
       </c>
       <c r="C240" s="0"/>
       <c r="D240" s="0" t="inlineStr">
         <is>
           <t>2017-07-19</t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Saint Kitts and Nevis</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/478</t>
+          <t>G/MA/TAR/RS/479</t>
         </is>
       </c>
       <c r="C241" s="0"/>
       <c r="D241" s="0" t="inlineStr">
         <is>
           <t>2017-07-19</t>
         </is>
       </c>
       <c r="E241" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/477</t>
+          <t>G/MA/TAR/RS/478</t>
         </is>
       </c>
       <c r="C242" s="0"/>
       <c r="D242" s="0" t="inlineStr">
         <is>
-          <t>2017-07-18</t>
+          <t>2017-07-19</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>Namibia</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/476</t>
+          <t>G/MA/TAR/RS/478</t>
         </is>
       </c>
       <c r="C243" s="0"/>
       <c r="D243" s="0" t="inlineStr">
         <is>
-          <t>2017-07-18</t>
+          <t>2017-07-19</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
-          <t>HS2012</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>Mozambique</t>
+          <t>Pakistan</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/475</t>
+          <t>G/MA/TAR/RS/477</t>
         </is>
       </c>
       <c r="C244" s="0"/>
       <c r="D244" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Namibia</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/474</t>
+          <t>G/MA/TAR/RS/476</t>
         </is>
       </c>
       <c r="C245" s="0"/>
       <c r="D245" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>Kuwait, the State of</t>
+          <t>Mozambique</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/473</t>
+          <t>G/MA/TAR/RS/475</t>
         </is>
       </c>
       <c r="C246" s="0"/>
       <c r="D246" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>Guinea-Bissau</t>
+          <t>Lesotho</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/472</t>
+          <t>G/MA/TAR/RS/474</t>
         </is>
       </c>
       <c r="C247" s="0"/>
       <c r="D247" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>Democratic Republic of the Congo</t>
+          <t>Kuwait, the State of</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/471</t>
+          <t>G/MA/TAR/RS/473</t>
         </is>
       </c>
       <c r="C248" s="0"/>
       <c r="D248" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E248" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>Congo</t>
+          <t>Guinea-Bissau</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/470</t>
+          <t>G/MA/TAR/RS/472</t>
         </is>
       </c>
       <c r="C249" s="0"/>
       <c r="D249" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E249" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>Chad</t>
+          <t>Democratic Republic of the Congo</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/469</t>
+          <t>G/MA/TAR/RS/471</t>
         </is>
       </c>
       <c r="C250" s="0"/>
       <c r="D250" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>Cameroon</t>
+          <t>Congo</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/468</t>
+          <t>G/MA/TAR/RS/470</t>
         </is>
       </c>
       <c r="C251" s="0"/>
       <c r="D251" s="0" t="inlineStr">
         <is>
           <t>2017-07-18</t>
         </is>
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>Brunei Darussalam</t>
+          <t>Chad</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/467</t>
+          <t>G/MA/TAR/RS/469</t>
         </is>
       </c>
       <c r="C252" s="0"/>
       <c r="D252" s="0" t="inlineStr">
         <is>
-          <t>2017-07-14</t>
+          <t>2017-07-18</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>Botswana</t>
+          <t>Cameroon</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/466</t>
+          <t>G/MA/TAR/RS/468</t>
         </is>
       </c>
       <c r="C253" s="0"/>
       <c r="D253" s="0" t="inlineStr">
         <is>
-          <t>2017-07-14</t>
+          <t>2017-07-18</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>Belize</t>
+          <t>Brunei Darussalam</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/464</t>
+          <t>G/MA/TAR/RS/467</t>
         </is>
       </c>
       <c r="C254" s="0"/>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>2017-07-14</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>Antigua and Barbuda</t>
+          <t>Botswana</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/463</t>
+          <t>G/MA/TAR/RS/466</t>
         </is>
       </c>
       <c r="C255" s="0"/>
       <c r="D255" s="0" t="inlineStr">
         <is>
           <t>2017-07-14</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>Albania</t>
+          <t>Belize</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/462</t>
+          <t>G/MA/TAR/RS/464</t>
         </is>
       </c>
       <c r="C256" s="0"/>
       <c r="D256" s="0" t="inlineStr">
         <is>
           <t>2017-07-14</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
           <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Antigua and Barbuda</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/461</t>
+          <t>G/MA/TAR/RS/463</t>
         </is>
       </c>
       <c r="C257" s="0"/>
       <c r="D257" s="0" t="inlineStr">
         <is>
-          <t>2017-06-08</t>
+          <t>2017-07-14</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>Bangladesh</t>
+          <t>Albania</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/460</t>
+          <t>G/MA/TAR/RS/462</t>
         </is>
       </c>
       <c r="C258" s="0"/>
       <c r="D258" s="0" t="inlineStr">
         <is>
-          <t>2017-05-12</t>
+          <t>2017-07-14</t>
         </is>
       </c>
       <c r="E258" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2012</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>Viet Nam</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/459</t>
+          <t>G/MA/TAR/RS/461</t>
         </is>
       </c>
       <c r="C259" s="0"/>
       <c r="D259" s="0" t="inlineStr">
         <is>
-          <t>2017-04-27</t>
+          <t>2017-06-08</t>
         </is>
       </c>
       <c r="E259" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>Indonesia</t>
+          <t>Bangladesh</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/458</t>
+          <t>G/MA/TAR/RS/460</t>
         </is>
       </c>
       <c r="C260" s="0"/>
       <c r="D260" s="0" t="inlineStr">
         <is>
-          <t>2017-04-27</t>
+          <t>2017-05-12</t>
         </is>
       </c>
       <c r="E260" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Viet Nam</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/457</t>
+          <t>G/MA/TAR/RS/459</t>
         </is>
       </c>
       <c r="C261" s="0"/>
       <c r="D261" s="0" t="inlineStr">
         <is>
-          <t>2017-03-23</t>
+          <t>2017-04-27</t>
         </is>
       </c>
       <c r="E261" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>New Zealand</t>
+          <t>Indonesia</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/436</t>
+          <t>G/MA/TAR/RS/458</t>
         </is>
       </c>
       <c r="C262" s="0"/>
       <c r="D262" s="0" t="inlineStr">
         <is>
-          <t>2017-03-10</t>
+          <t>2017-04-27</t>
         </is>
       </c>
       <c r="E262" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>European Union (25)</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/456</t>
+          <t>G/MA/TAR/RS/457</t>
         </is>
       </c>
       <c r="C263" s="0"/>
       <c r="D263" s="0" t="inlineStr">
         <is>
-          <t>2017-02-27</t>
+          <t>2017-03-23</t>
         </is>
       </c>
       <c r="E263" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>New Zealand</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/450</t>
+          <t>G/MA/TAR/RS/436</t>
         </is>
       </c>
       <c r="C264" s="0"/>
       <c r="D264" s="0" t="inlineStr">
         <is>
-          <t>2017-02-24</t>
+          <t>2017-03-10</t>
         </is>
       </c>
       <c r="E264" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>Australia</t>
+          <t>European Union (25)</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/455</t>
+          <t>G/MA/TAR/RS/456</t>
         </is>
       </c>
       <c r="C265" s="0"/>
       <c r="D265" s="0" t="inlineStr">
         <is>
-          <t>2017-02-22</t>
+          <t>2017-02-27</t>
         </is>
       </c>
       <c r="E265" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>Australia</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/454</t>
+          <t>G/MA/TAR/RS/450</t>
         </is>
       </c>
       <c r="C266" s="0"/>
       <c r="D266" s="0" t="inlineStr">
         <is>
-          <t>2017-02-22</t>
+          <t>2017-02-24</t>
         </is>
       </c>
       <c r="E266" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>Gabon</t>
+          <t>Australia</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/446</t>
+          <t>G/MA/TAR/RS/455</t>
         </is>
       </c>
       <c r="C267" s="0"/>
       <c r="D267" s="0" t="inlineStr">
         <is>
           <t>2017-02-22</t>
         </is>
       </c>
       <c r="E267" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>Thailand</t>
+          <t>Australia</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/453</t>
+          <t>G/MA/TAR/RS/454</t>
         </is>
       </c>
       <c r="C268" s="0"/>
       <c r="D268" s="0" t="inlineStr">
         <is>
-          <t>2017-01-10</t>
+          <t>2017-02-22</t>
         </is>
       </c>
       <c r="E268" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Agreement on Agriculture &gt; Nairobi Decision</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>Bangladesh</t>
+          <t>Gabon</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/452</t>
+          <t>G/MA/TAR/RS/446</t>
         </is>
       </c>
       <c r="C269" s="0"/>
       <c r="D269" s="0" t="inlineStr">
         <is>
-          <t>2016-12-22</t>
+          <t>2017-02-22</t>
         </is>
       </c>
       <c r="E269" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2, Full schedule</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>Malaysia</t>
+          <t>Thailand</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/451</t>
+          <t>G/MA/TAR/RS/453</t>
         </is>
       </c>
       <c r="C270" s="0"/>
       <c r="D270" s="0" t="inlineStr">
         <is>
-          <t>2016-11-29</t>
+          <t>2017-01-10</t>
         </is>
       </c>
       <c r="E270" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>China</t>
+          <t>Bangladesh</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/449</t>
+          <t>G/MA/TAR/RS/452</t>
         </is>
       </c>
       <c r="C271" s="0"/>
       <c r="D271" s="0" t="inlineStr">
         <is>
-          <t>2016-10-28</t>
+          <t>2016-12-22</t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Article XXVIII - Step 2, Full schedule</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>Mexico</t>
+          <t>Malaysia</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/448</t>
+          <t>G/MA/TAR/RS/451</t>
         </is>
       </c>
       <c r="C272" s="0"/>
       <c r="D272" s="0" t="inlineStr">
         <is>
-          <t>2016-10-12</t>
+          <t>2016-11-29</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>China</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/447</t>
+          <t>G/MA/TAR/RS/449</t>
         </is>
       </c>
       <c r="C273" s="0"/>
       <c r="D273" s="0" t="inlineStr">
         <is>
-          <t>2016-10-07</t>
+          <t>2016-10-28</t>
         </is>
       </c>
       <c r="E273" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>Mexico</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/437</t>
+          <t>G/MA/TAR/RS/448</t>
         </is>
       </c>
       <c r="C274" s="0"/>
       <c r="D274" s="0" t="inlineStr">
         <is>
-          <t>2016-10-07</t>
+          <t>2016-10-12</t>
         </is>
       </c>
       <c r="E274" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>New Zealand</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/445</t>
+          <t>G/MA/TAR/RS/447</t>
         </is>
       </c>
       <c r="C275" s="0"/>
       <c r="D275" s="0" t="inlineStr">
         <is>
-          <t>2016-09-22</t>
+          <t>2016-10-07</t>
         </is>
       </c>
       <c r="E275" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>European Union (25)</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/357</t>
+          <t>G/MA/TAR/RS/437</t>
         </is>
       </c>
       <c r="C276" s="0"/>
       <c r="D276" s="0" t="inlineStr">
         <is>
-          <t>2016-09-19</t>
+          <t>2016-10-07</t>
         </is>
       </c>
       <c r="E276" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2, Full schedule</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>New Zealand</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/440</t>
+          <t>G/MA/TAR/RS/445</t>
         </is>
       </c>
       <c r="C277" s="0"/>
       <c r="D277" s="0" t="inlineStr">
         <is>
-          <t>2016-08-11</t>
+          <t>2016-09-22</t>
         </is>
       </c>
       <c r="E277" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>Russian Federation</t>
+          <t>European Union (25)</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/443</t>
+          <t>G/MA/TAR/RS/357</t>
         </is>
       </c>
       <c r="C278" s="0"/>
       <c r="D278" s="0" t="inlineStr">
         <is>
-          <t>2016-08-05</t>
+          <t>2016-09-19</t>
         </is>
       </c>
       <c r="E278" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Article XXVIII - Step 2, Full schedule</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/442</t>
+          <t>G/MA/TAR/RS/440</t>
         </is>
       </c>
       <c r="C279" s="0"/>
       <c r="D279" s="0" t="inlineStr">
         <is>
-          <t>2016-07-25</t>
+          <t>2016-08-11</t>
         </is>
       </c>
       <c r="E279" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>Montenegro</t>
+          <t>Russian Federation</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/427</t>
+          <t>G/MA/TAR/RS/443</t>
         </is>
       </c>
       <c r="C280" s="0"/>
       <c r="D280" s="0" t="inlineStr">
         <is>
-          <t>2016-07-15</t>
+          <t>2016-08-05</t>
         </is>
       </c>
       <c r="E280" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>Argentina</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/441</t>
+          <t>G/MA/TAR/RS/442</t>
         </is>
       </c>
       <c r="C281" s="0"/>
       <c r="D281" s="0" t="inlineStr">
         <is>
-          <t>2016-07-14</t>
+          <t>2016-07-25</t>
         </is>
       </c>
       <c r="E281" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Rectification UR Schedule</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>Indonesia</t>
+          <t>Montenegro</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/439</t>
+          <t>G/MA/TAR/RS/427</t>
         </is>
       </c>
       <c r="C282" s="0"/>
       <c r="D282" s="0" t="inlineStr">
         <is>
-          <t>2016-07-13</t>
+          <t>2016-07-15</t>
         </is>
       </c>
       <c r="E282" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Argentina</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/438</t>
+          <t>G/MA/TAR/RS/441</t>
         </is>
       </c>
       <c r="C283" s="0"/>
       <c r="D283" s="0" t="inlineStr">
         <is>
-          <t>2016-07-13</t>
+          <t>2016-07-14</t>
         </is>
       </c>
       <c r="E283" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Agreement on Agriculture &gt; Rectification UR Schedule</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>Malaysia</t>
+          <t>Indonesia</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/432</t>
+          <t>G/MA/TAR/RS/439</t>
         </is>
       </c>
       <c r="C284" s="0"/>
       <c r="D284" s="0" t="inlineStr">
         <is>
-          <t>2016-07-07</t>
+          <t>2016-07-13</t>
         </is>
       </c>
       <c r="E284" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/429</t>
+          <t>G/MA/TAR/RS/438</t>
         </is>
       </c>
       <c r="C285" s="0"/>
       <c r="D285" s="0" t="inlineStr">
         <is>
-          <t>2016-07-05</t>
+          <t>2016-07-13</t>
         </is>
       </c>
       <c r="E285" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>Iceland</t>
+          <t>Malaysia</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/435</t>
+          <t>G/MA/TAR/RS/432</t>
         </is>
       </c>
       <c r="C286" s="0"/>
       <c r="D286" s="0" t="inlineStr">
         <is>
-          <t>2016-06-29</t>
+          <t>2016-07-07</t>
         </is>
       </c>
       <c r="E286" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/430</t>
+          <t>G/MA/TAR/RS/429</t>
         </is>
       </c>
       <c r="C287" s="0"/>
       <c r="D287" s="0" t="inlineStr">
         <is>
-          <t>2016-06-27</t>
+          <t>2016-07-05</t>
         </is>
       </c>
       <c r="E287" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Iceland</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/434</t>
+          <t>G/MA/TAR/RS/435</t>
         </is>
       </c>
       <c r="C288" s="0"/>
       <c r="D288" s="0" t="inlineStr">
         <is>
-          <t>2016-06-17</t>
+          <t>2016-06-29</t>
         </is>
       </c>
       <c r="E288" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/433</t>
+          <t>G/MA/TAR/RS/430</t>
         </is>
       </c>
       <c r="C289" s="0"/>
       <c r="D289" s="0" t="inlineStr">
         <is>
-          <t>2016-05-27</t>
+          <t>2016-06-27</t>
         </is>
       </c>
       <c r="E289" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/428</t>
+          <t>G/MA/TAR/RS/434</t>
         </is>
       </c>
       <c r="C290" s="0"/>
       <c r="D290" s="0" t="inlineStr">
         <is>
-          <t>2016-03-29</t>
+          <t>2016-06-17</t>
         </is>
       </c>
       <c r="E290" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/426</t>
+          <t>G/MA/TAR/RS/433</t>
         </is>
       </c>
       <c r="C291" s="0"/>
       <c r="D291" s="0" t="inlineStr">
         <is>
-          <t>2016-03-07</t>
+          <t>2016-05-27</t>
         </is>
       </c>
       <c r="E291" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/425</t>
+          <t>G/MA/TAR/RS/428</t>
         </is>
       </c>
       <c r="C292" s="0"/>
       <c r="D292" s="0" t="inlineStr">
         <is>
-          <t>2016-02-08</t>
+          <t>2016-03-29</t>
         </is>
       </c>
       <c r="E292" s="0" t="inlineStr">
         <is>
-          <t>ITA Expansion</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/423</t>
+          <t>G/MA/TAR/RS/426</t>
         </is>
       </c>
       <c r="C293" s="0"/>
       <c r="D293" s="0" t="inlineStr">
         <is>
-          <t>2015-12-18</t>
+          <t>2016-03-07</t>
         </is>
       </c>
       <c r="E293" s="0" t="inlineStr">
         <is>
           <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/422</t>
+          <t>G/MA/TAR/RS/425</t>
         </is>
       </c>
       <c r="C294" s="0"/>
       <c r="D294" s="0" t="inlineStr">
         <is>
-          <t>2015-09-09</t>
+          <t>2016-02-08</t>
         </is>
       </c>
       <c r="E294" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/421</t>
+          <t>G/MA/TAR/RS/423</t>
         </is>
       </c>
       <c r="C295" s="0"/>
       <c r="D295" s="0" t="inlineStr">
         <is>
-          <t>2015-08-20</t>
+          <t>2015-12-18</t>
         </is>
       </c>
       <c r="E295" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>ITA Expansion</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/420</t>
+          <t>G/MA/TAR/RS/422</t>
         </is>
       </c>
       <c r="C296" s="0"/>
       <c r="D296" s="0" t="inlineStr">
         <is>
-          <t>2015-08-05</t>
+          <t>2015-09-09</t>
         </is>
       </c>
       <c r="E296" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/419</t>
+          <t>G/MA/TAR/RS/421</t>
         </is>
       </c>
       <c r="C297" s="0"/>
       <c r="D297" s="0" t="inlineStr">
         <is>
-          <t>2015-07-30</t>
+          <t>2015-08-20</t>
         </is>
       </c>
       <c r="E297" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/418</t>
+          <t>G/MA/TAR/RS/420</t>
         </is>
       </c>
       <c r="C298" s="0"/>
       <c r="D298" s="0" t="inlineStr">
         <is>
-          <t>2015-07-30</t>
+          <t>2015-08-05</t>
         </is>
       </c>
       <c r="E298" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>Trinidad and Tobago</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/417</t>
+          <t>G/MA/TAR/RS/419</t>
         </is>
       </c>
       <c r="C299" s="0"/>
       <c r="D299" s="0" t="inlineStr">
         <is>
           <t>2015-07-30</t>
         </is>
       </c>
       <c r="E299" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/416</t>
+          <t>G/MA/TAR/RS/418</t>
         </is>
       </c>
       <c r="C300" s="0"/>
       <c r="D300" s="0" t="inlineStr">
         <is>
           <t>2015-07-30</t>
         </is>
       </c>
       <c r="E300" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Trinidad and Tobago</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/415</t>
+          <t>G/MA/TAR/RS/417</t>
         </is>
       </c>
       <c r="C301" s="0"/>
       <c r="D301" s="0" t="inlineStr">
         <is>
           <t>2015-07-30</t>
         </is>
       </c>
       <c r="E301" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/414</t>
+          <t>G/MA/TAR/RS/416</t>
         </is>
       </c>
       <c r="C302" s="0"/>
       <c r="D302" s="0" t="inlineStr">
         <is>
-          <t>2015-06-29</t>
+          <t>2015-07-30</t>
         </is>
       </c>
       <c r="E302" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/413</t>
+          <t>G/MA/TAR/RS/415</t>
         </is>
       </c>
       <c r="C303" s="0"/>
       <c r="D303" s="0" t="inlineStr">
         <is>
-          <t>2015-06-12</t>
+          <t>2015-07-30</t>
         </is>
       </c>
       <c r="E303" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/413</t>
+          <t>G/MA/TAR/RS/414</t>
         </is>
       </c>
       <c r="C304" s="0"/>
       <c r="D304" s="0" t="inlineStr">
         <is>
-          <t>2015-06-12</t>
+          <t>2015-06-29</t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="0" t="inlineStr">
         <is>
-          <t>Yemen</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/412</t>
+          <t>G/MA/TAR/RS/413</t>
         </is>
       </c>
       <c r="C305" s="0"/>
       <c r="D305" s="0" t="inlineStr">
         <is>
-          <t>2015-05-19</t>
+          <t>2015-06-12</t>
         </is>
       </c>
       <c r="E305" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/411</t>
+          <t>G/MA/TAR/RS/413</t>
         </is>
       </c>
       <c r="C306" s="0"/>
       <c r="D306" s="0" t="inlineStr">
         <is>
-          <t>2015-05-12</t>
+          <t>2015-06-12</t>
         </is>
       </c>
       <c r="E306" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" s="0" t="inlineStr">
         <is>
-          <t>Maldives</t>
+          <t>Yemen</t>
         </is>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/410</t>
+          <t>G/MA/TAR/RS/412</t>
         </is>
       </c>
       <c r="C307" s="0"/>
       <c r="D307" s="0" t="inlineStr">
         <is>
-          <t>2015-05-12</t>
+          <t>2015-05-19</t>
         </is>
       </c>
       <c r="E307" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" s="0" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/409</t>
+          <t>G/MA/TAR/RS/411</t>
         </is>
       </c>
       <c r="C308" s="0"/>
       <c r="D308" s="0" t="inlineStr">
         <is>
           <t>2015-05-12</t>
         </is>
       </c>
       <c r="E308" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" s="0" t="inlineStr">
         <is>
-          <t>Australia</t>
+          <t>Maldives</t>
         </is>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/408</t>
+          <t>G/MA/TAR/RS/410</t>
         </is>
       </c>
       <c r="C309" s="0"/>
       <c r="D309" s="0" t="inlineStr">
         <is>
           <t>2015-05-12</t>
         </is>
       </c>
       <c r="E309" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>India</t>
         </is>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/407</t>
+          <t>G/MA/TAR/RS/409</t>
         </is>
       </c>
       <c r="C310" s="0"/>
       <c r="D310" s="0" t="inlineStr">
         <is>
           <t>2015-05-12</t>
         </is>
       </c>
       <c r="E310" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" s="0" t="inlineStr">
         <is>
-          <t>Qatar</t>
+          <t>Australia</t>
         </is>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/353</t>
+          <t>G/MA/TAR/RS/408</t>
         </is>
       </c>
       <c r="C311" s="0"/>
       <c r="D311" s="0" t="inlineStr">
         <is>
           <t>2015-05-12</t>
         </is>
       </c>
       <c r="E311" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="0" t="inlineStr">
         <is>
-          <t>Eswatini</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/405</t>
+          <t>G/MA/TAR/RS/407</t>
         </is>
       </c>
       <c r="C312" s="0"/>
       <c r="D312" s="0" t="inlineStr">
         <is>
-          <t>2015-04-28</t>
+          <t>2015-05-12</t>
         </is>
       </c>
       <c r="E312" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Qatar</t>
         </is>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/404</t>
+          <t>G/MA/TAR/RS/353</t>
         </is>
       </c>
       <c r="C313" s="0"/>
       <c r="D313" s="0" t="inlineStr">
         <is>
-          <t>2015-04-28</t>
+          <t>2015-05-12</t>
         </is>
       </c>
       <c r="E313" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="0" t="inlineStr">
         <is>
-          <t>Uruguay</t>
+          <t>Eswatini</t>
         </is>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/403</t>
+          <t>G/MA/TAR/RS/405</t>
         </is>
       </c>
       <c r="C314" s="0"/>
       <c r="D314" s="0" t="inlineStr">
         <is>
           <t>2015-04-28</t>
         </is>
       </c>
       <c r="E314" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="0" t="inlineStr">
         <is>
-          <t>Namibia</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/402</t>
+          <t>G/MA/TAR/RS/404</t>
         </is>
       </c>
       <c r="C315" s="0"/>
       <c r="D315" s="0" t="inlineStr">
         <is>
           <t>2015-04-28</t>
         </is>
       </c>
       <c r="E315" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="0" t="inlineStr">
         <is>
-          <t>Botswana</t>
+          <t>Uruguay</t>
         </is>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/400</t>
+          <t>G/MA/TAR/RS/403</t>
         </is>
       </c>
       <c r="C316" s="0"/>
       <c r="D316" s="0" t="inlineStr">
         <is>
           <t>2015-04-28</t>
         </is>
       </c>
       <c r="E316" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="0" t="inlineStr">
         <is>
-          <t>Costa Rica</t>
+          <t>Namibia</t>
         </is>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/401</t>
+          <t>G/MA/TAR/RS/402</t>
         </is>
       </c>
       <c r="C317" s="0"/>
       <c r="D317" s="0" t="inlineStr">
         <is>
-          <t>2015-04-24</t>
+          <t>2015-04-28</t>
         </is>
       </c>
       <c r="E317" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Botswana</t>
         </is>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/397</t>
+          <t>G/MA/TAR/RS/400</t>
         </is>
       </c>
       <c r="C318" s="0"/>
       <c r="D318" s="0" t="inlineStr">
         <is>
-          <t>2014-12-09</t>
+          <t>2015-04-28</t>
         </is>
       </c>
       <c r="E318" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Costa Rica</t>
         </is>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/399</t>
+          <t>G/MA/TAR/RS/401</t>
         </is>
       </c>
       <c r="C319" s="0"/>
       <c r="D319" s="0" t="inlineStr">
         <is>
-          <t>2014-12-08</t>
+          <t>2015-04-24</t>
         </is>
       </c>
       <c r="E319" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B320" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/398</t>
+          <t>G/MA/TAR/RS/397</t>
         </is>
       </c>
       <c r="C320" s="0"/>
       <c r="D320" s="0" t="inlineStr">
         <is>
-          <t>2014-11-17</t>
+          <t>2014-12-09</t>
         </is>
       </c>
       <c r="E320" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/396</t>
+          <t>G/MA/TAR/RS/399</t>
         </is>
       </c>
       <c r="C321" s="0"/>
       <c r="D321" s="0" t="inlineStr">
         <is>
-          <t>2014-09-30</t>
+          <t>2014-12-08</t>
         </is>
       </c>
       <c r="E321" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B322" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/395</t>
+          <t>G/MA/TAR/RS/398</t>
         </is>
       </c>
       <c r="C322" s="0"/>
       <c r="D322" s="0" t="inlineStr">
         <is>
-          <t>2014-08-22</t>
+          <t>2014-11-17</t>
         </is>
       </c>
       <c r="E322" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="0" t="inlineStr">
         <is>
-          <t>Moldova, Republic of</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B323" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/390</t>
+          <t>G/MA/TAR/RS/396</t>
         </is>
       </c>
       <c r="C323" s="0"/>
       <c r="D323" s="0" t="inlineStr">
         <is>
-          <t>2014-08-06</t>
+          <t>2014-09-30</t>
         </is>
       </c>
       <c r="E323" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B324" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/389</t>
+          <t>G/MA/TAR/RS/395</t>
         </is>
       </c>
       <c r="C324" s="0"/>
       <c r="D324" s="0" t="inlineStr">
         <is>
-          <t>2014-08-06</t>
+          <t>2014-08-22</t>
         </is>
       </c>
       <c r="E324" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="0" t="inlineStr">
         <is>
-          <t>Kenya</t>
+          <t>Moldova, Republic of</t>
         </is>
       </c>
       <c r="B325" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/388</t>
+          <t>G/MA/TAR/RS/390</t>
         </is>
       </c>
       <c r="C325" s="0"/>
       <c r="D325" s="0" t="inlineStr">
         <is>
           <t>2014-08-06</t>
         </is>
       </c>
       <c r="E325" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="0" t="inlineStr">
         <is>
-          <t>Brunei Darussalam</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B326" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/385</t>
+          <t>G/MA/TAR/RS/389</t>
         </is>
       </c>
       <c r="C326" s="0"/>
       <c r="D326" s="0" t="inlineStr">
         <is>
           <t>2014-08-06</t>
         </is>
       </c>
       <c r="E326" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="0" t="inlineStr">
         <is>
-          <t>Lao People's Democratic Republic</t>
+          <t>Kenya</t>
         </is>
       </c>
       <c r="B327" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/384</t>
+          <t>G/MA/TAR/RS/388</t>
         </is>
       </c>
       <c r="C327" s="0"/>
       <c r="D327" s="0" t="inlineStr">
         <is>
           <t>2014-08-06</t>
         </is>
       </c>
       <c r="E327" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" s="0" t="inlineStr">
         <is>
-          <t>Saudi Arabia, Kingdom of</t>
+          <t>Brunei Darussalam</t>
         </is>
       </c>
       <c r="B328" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/334</t>
+          <t>G/MA/TAR/RS/385</t>
         </is>
       </c>
       <c r="C328" s="0"/>
       <c r="D328" s="0" t="inlineStr">
         <is>
           <t>2014-08-06</t>
         </is>
       </c>
       <c r="E328" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" s="0" t="inlineStr">
         <is>
-          <t>Cuba</t>
+          <t>Lao People's Democratic Republic</t>
         </is>
       </c>
       <c r="B329" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/394</t>
+          <t>G/MA/TAR/RS/384</t>
         </is>
       </c>
       <c r="C329" s="0"/>
       <c r="D329" s="0" t="inlineStr">
         <is>
-          <t>2014-08-05</t>
+          <t>2014-08-06</t>
         </is>
       </c>
       <c r="E329" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" s="0" t="inlineStr">
         <is>
-          <t>Papua New Guinea</t>
+          <t>Saudi Arabia, Kingdom of</t>
         </is>
       </c>
       <c r="B330" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/393</t>
+          <t>G/MA/TAR/RS/334</t>
         </is>
       </c>
       <c r="C330" s="0"/>
       <c r="D330" s="0" t="inlineStr">
         <is>
-          <t>2014-08-05</t>
+          <t>2014-08-06</t>
         </is>
       </c>
       <c r="E330" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" s="0" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Cuba</t>
         </is>
       </c>
       <c r="B331" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/392</t>
+          <t>G/MA/TAR/RS/394</t>
         </is>
       </c>
       <c r="C331" s="0"/>
       <c r="D331" s="0" t="inlineStr">
         <is>
           <t>2014-08-05</t>
         </is>
       </c>
       <c r="E331" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="0" t="inlineStr">
         <is>
-          <t>Nigeria</t>
+          <t>Papua New Guinea</t>
         </is>
       </c>
       <c r="B332" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/391</t>
+          <t>G/MA/TAR/RS/393</t>
         </is>
       </c>
       <c r="C332" s="0"/>
       <c r="D332" s="0" t="inlineStr">
         <is>
           <t>2014-08-05</t>
         </is>
       </c>
       <c r="E332" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="0" t="inlineStr">
         <is>
-          <t>Jamaica</t>
+          <t>Pakistan</t>
         </is>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/387</t>
+          <t>G/MA/TAR/RS/392</t>
         </is>
       </c>
       <c r="C333" s="0"/>
       <c r="D333" s="0" t="inlineStr">
         <is>
           <t>2014-08-05</t>
         </is>
       </c>
       <c r="E333" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="0" t="inlineStr">
         <is>
-          <t>Georgia</t>
+          <t>Nigeria</t>
         </is>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/386</t>
+          <t>G/MA/TAR/RS/391</t>
         </is>
       </c>
       <c r="C334" s="0"/>
       <c r="D334" s="0" t="inlineStr">
         <is>
           <t>2014-08-05</t>
         </is>
       </c>
       <c r="E334" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" s="0" t="inlineStr">
         <is>
-          <t>United Arab Emirates</t>
+          <t>Jamaica</t>
         </is>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/382</t>
+          <t>G/MA/TAR/RS/387</t>
         </is>
       </c>
       <c r="C335" s="0"/>
       <c r="D335" s="0" t="inlineStr">
         <is>
           <t>2014-08-05</t>
         </is>
       </c>
       <c r="E335" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" s="0" t="inlineStr">
         <is>
-          <t>Panama</t>
+          <t>Georgia</t>
         </is>
       </c>
       <c r="B336" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/380</t>
+          <t>G/MA/TAR/RS/386</t>
         </is>
       </c>
       <c r="C336" s="0"/>
       <c r="D336" s="0" t="inlineStr">
         <is>
           <t>2014-08-05</t>
         </is>
       </c>
       <c r="E336" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>United Arab Emirates</t>
         </is>
       </c>
       <c r="B337" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/383</t>
+          <t>G/MA/TAR/RS/382</t>
         </is>
       </c>
       <c r="C337" s="0"/>
       <c r="D337" s="0" t="inlineStr">
         <is>
-          <t>2014-08-04</t>
+          <t>2014-08-05</t>
         </is>
       </c>
       <c r="E337" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" s="0" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>Panama</t>
         </is>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/381</t>
+          <t>G/MA/TAR/RS/380</t>
         </is>
       </c>
       <c r="C338" s="0"/>
       <c r="D338" s="0" t="inlineStr">
         <is>
-          <t>2014-08-04</t>
+          <t>2014-08-05</t>
         </is>
       </c>
       <c r="E338" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" s="0" t="inlineStr">
         <is>
-          <t>Kyrgyz Republic</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/379</t>
+          <t>G/MA/TAR/RS/383</t>
         </is>
       </c>
       <c r="C339" s="0"/>
       <c r="D339" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E339" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="0" t="inlineStr">
         <is>
-          <t>Jordan</t>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="B340" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/378</t>
+          <t>G/MA/TAR/RS/381</t>
         </is>
       </c>
       <c r="C340" s="0"/>
       <c r="D340" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E340" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="0" t="inlineStr">
         <is>
-          <t>North Macedonia</t>
+          <t>Kyrgyz Republic</t>
         </is>
       </c>
       <c r="B341" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/377</t>
+          <t>G/MA/TAR/RS/379</t>
         </is>
       </c>
       <c r="C341" s="0"/>
       <c r="D341" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E341" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="0" t="inlineStr">
         <is>
-          <t>Cambodia</t>
+          <t>Jordan</t>
         </is>
       </c>
       <c r="B342" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/376</t>
+          <t>G/MA/TAR/RS/378</t>
         </is>
       </c>
       <c r="C342" s="0"/>
       <c r="D342" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E342" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" s="0" t="inlineStr">
         <is>
-          <t>Albania</t>
+          <t>North Macedonia</t>
         </is>
       </c>
       <c r="B343" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/375</t>
+          <t>G/MA/TAR/RS/377</t>
         </is>
       </c>
       <c r="C343" s="0"/>
       <c r="D343" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E343" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" s="0" t="inlineStr">
         <is>
-          <t>Iceland</t>
+          <t>Cambodia</t>
         </is>
       </c>
       <c r="B344" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/374</t>
+          <t>G/MA/TAR/RS/376</t>
         </is>
       </c>
       <c r="C344" s="0"/>
       <c r="D344" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E344" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" s="0" t="inlineStr">
         <is>
-          <t>Peru</t>
+          <t>Albania</t>
         </is>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/373</t>
+          <t>G/MA/TAR/RS/375</t>
         </is>
       </c>
       <c r="C345" s="0"/>
       <c r="D345" s="0" t="inlineStr">
         <is>
           <t>2014-08-04</t>
         </is>
       </c>
       <c r="E345" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" s="0" t="inlineStr">
         <is>
-          <t>Central African Republic</t>
+          <t>Iceland</t>
         </is>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/361</t>
+          <t>G/MA/TAR/RS/374</t>
         </is>
       </c>
       <c r="C346" s="0"/>
       <c r="D346" s="0" t="inlineStr">
         <is>
-          <t>2014-07-30</t>
+          <t>2014-08-04</t>
         </is>
       </c>
       <c r="E346" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" s="0" t="inlineStr">
         <is>
-          <t>Benin</t>
+          <t>Peru</t>
         </is>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/372</t>
+          <t>G/MA/TAR/RS/373</t>
         </is>
       </c>
       <c r="C347" s="0"/>
       <c r="D347" s="0" t="inlineStr">
         <is>
-          <t>2014-07-25</t>
+          <t>2014-08-04</t>
         </is>
       </c>
       <c r="E347" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="0" t="inlineStr">
         <is>
-          <t>Zimbabwe</t>
+          <t>Central African Republic</t>
         </is>
       </c>
       <c r="B348" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/371</t>
+          <t>G/MA/TAR/RS/361</t>
         </is>
       </c>
       <c r="C348" s="0"/>
       <c r="D348" s="0" t="inlineStr">
         <is>
-          <t>2014-07-25</t>
+          <t>2014-07-30</t>
         </is>
       </c>
       <c r="E348" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="0" t="inlineStr">
         <is>
-          <t>Uganda</t>
+          <t>Benin</t>
         </is>
       </c>
       <c r="B349" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/370</t>
+          <t>G/MA/TAR/RS/372</t>
         </is>
       </c>
       <c r="C349" s="0"/>
       <c r="D349" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E349" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="0" t="inlineStr">
         <is>
-          <t>Suriname</t>
+          <t>Zimbabwe</t>
         </is>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/369</t>
+          <t>G/MA/TAR/RS/371</t>
         </is>
       </c>
       <c r="C350" s="0"/>
       <c r="D350" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E350" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="0" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>Uganda</t>
         </is>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/368</t>
+          <t>G/MA/TAR/RS/370</t>
         </is>
       </c>
       <c r="C351" s="0"/>
       <c r="D351" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E351" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Suriname</t>
         </is>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/367</t>
+          <t>G/MA/TAR/RS/369</t>
         </is>
       </c>
       <c r="C352" s="0"/>
       <c r="D352" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E352" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="0" t="inlineStr">
         <is>
-          <t>Mongolia</t>
+          <t>Sierra Leone</t>
         </is>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/366</t>
+          <t>G/MA/TAR/RS/368</t>
         </is>
       </c>
       <c r="C353" s="0"/>
       <c r="D353" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E353" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="0" t="inlineStr">
         <is>
-          <t>Mauritania</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/365</t>
+          <t>G/MA/TAR/RS/367</t>
         </is>
       </c>
       <c r="C354" s="0"/>
       <c r="D354" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E354" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="0" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Mongolia</t>
         </is>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/364</t>
+          <t>G/MA/TAR/RS/366</t>
         </is>
       </c>
       <c r="C355" s="0"/>
       <c r="D355" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E355" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="0" t="inlineStr">
         <is>
-          <t>Malawi</t>
+          <t>Mauritania</t>
         </is>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/363</t>
+          <t>G/MA/TAR/RS/365</t>
         </is>
       </c>
       <c r="C356" s="0"/>
       <c r="D356" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E356" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="0" t="inlineStr">
         <is>
-          <t>Madagascar</t>
+          <t>Mali</t>
         </is>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/362</t>
+          <t>G/MA/TAR/RS/364</t>
         </is>
       </c>
       <c r="C357" s="0"/>
       <c r="D357" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E357" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="0" t="inlineStr">
         <is>
-          <t>Burundi</t>
+          <t>Malawi</t>
         </is>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/360</t>
+          <t>G/MA/TAR/RS/363</t>
         </is>
       </c>
       <c r="C358" s="0"/>
       <c r="D358" s="0" t="inlineStr">
         <is>
           <t>2014-07-25</t>
         </is>
       </c>
       <c r="E358" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Madagascar</t>
         </is>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/359</t>
+          <t>G/MA/TAR/RS/362</t>
         </is>
       </c>
       <c r="C359" s="0"/>
       <c r="D359" s="0" t="inlineStr">
         <is>
-          <t>2014-07-16</t>
+          <t>2014-07-25</t>
         </is>
       </c>
       <c r="E359" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Burundi</t>
         </is>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/359</t>
+          <t>G/MA/TAR/RS/360</t>
         </is>
       </c>
       <c r="C360" s="0"/>
       <c r="D360" s="0" t="inlineStr">
         <is>
-          <t>2014-07-16</t>
+          <t>2014-07-25</t>
         </is>
       </c>
       <c r="E360" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="0" t="inlineStr">
         <is>
-          <t>Qatar</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/358</t>
+          <t>G/MA/TAR/RS/359</t>
         </is>
       </c>
       <c r="C361" s="0"/>
       <c r="D361" s="0" t="inlineStr">
         <is>
-          <t>2014-04-28</t>
+          <t>2014-07-16</t>
         </is>
       </c>
       <c r="E361" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="0" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/355</t>
+          <t>G/MA/TAR/RS/359</t>
         </is>
       </c>
       <c r="C362" s="0"/>
       <c r="D362" s="0" t="inlineStr">
         <is>
-          <t>2014-03-28</t>
+          <t>2014-07-16</t>
         </is>
       </c>
       <c r="E362" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="0" t="inlineStr">
         <is>
-          <t>Niger</t>
+          <t>Qatar</t>
         </is>
       </c>
       <c r="B363" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/351</t>
+          <t>G/MA/TAR/RS/358</t>
         </is>
       </c>
       <c r="C363" s="0"/>
       <c r="D363" s="0" t="inlineStr">
         <is>
-          <t>2014-03-28</t>
+          <t>2014-04-28</t>
         </is>
       </c>
       <c r="E363" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="0" t="inlineStr">
         <is>
-          <t>Solomon Islands</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B364" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/356</t>
+          <t>G/MA/TAR/RS/355</t>
         </is>
       </c>
       <c r="C364" s="0"/>
       <c r="D364" s="0" t="inlineStr">
         <is>
-          <t>2014-03-27</t>
+          <t>2014-03-28</t>
         </is>
       </c>
       <c r="E364" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="0" t="inlineStr">
         <is>
-          <t>Saint Vincent and the Grenadines</t>
+          <t>Niger</t>
         </is>
       </c>
       <c r="B365" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/354</t>
+          <t>G/MA/TAR/RS/351</t>
         </is>
       </c>
       <c r="C365" s="0"/>
       <c r="D365" s="0" t="inlineStr">
         <is>
-          <t>2014-03-27</t>
+          <t>2014-03-28</t>
         </is>
       </c>
       <c r="E365" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="0" t="inlineStr">
         <is>
-          <t>Oman</t>
+          <t>Solomon Islands</t>
         </is>
       </c>
       <c r="B366" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/352</t>
+          <t>G/MA/TAR/RS/356</t>
         </is>
       </c>
       <c r="C366" s="0"/>
       <c r="D366" s="0" t="inlineStr">
         <is>
           <t>2014-03-27</t>
         </is>
       </c>
       <c r="E366" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="0" t="inlineStr">
         <is>
-          <t>Nicaragua</t>
+          <t>Saint Vincent and the Grenadines</t>
         </is>
       </c>
       <c r="B367" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/350</t>
+          <t>G/MA/TAR/RS/354</t>
         </is>
       </c>
       <c r="C367" s="0"/>
       <c r="D367" s="0" t="inlineStr">
         <is>
           <t>2014-03-27</t>
         </is>
       </c>
       <c r="E367" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="0" t="inlineStr">
         <is>
-          <t>Nepal</t>
+          <t>Oman</t>
         </is>
       </c>
       <c r="B368" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/349</t>
+          <t>G/MA/TAR/RS/352</t>
         </is>
       </c>
       <c r="C368" s="0"/>
       <c r="D368" s="0" t="inlineStr">
         <is>
           <t>2014-03-27</t>
         </is>
       </c>
       <c r="E368" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="0" t="inlineStr">
         <is>
-          <t>Haiti</t>
+          <t>Nicaragua</t>
         </is>
       </c>
       <c r="B369" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/346</t>
+          <t>G/MA/TAR/RS/350</t>
         </is>
       </c>
       <c r="C369" s="0"/>
       <c r="D369" s="0" t="inlineStr">
         <is>
           <t>2014-03-27</t>
         </is>
       </c>
       <c r="E369" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="0" t="inlineStr">
         <is>
-          <t>Guatemala</t>
+          <t>Nepal</t>
         </is>
       </c>
       <c r="B370" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/344</t>
+          <t>G/MA/TAR/RS/349</t>
         </is>
       </c>
       <c r="C370" s="0"/>
       <c r="D370" s="0" t="inlineStr">
         <is>
           <t>2014-03-27</t>
         </is>
       </c>
       <c r="E370" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="0" t="inlineStr">
         <is>
-          <t>Fiji</t>
+          <t>Haiti</t>
         </is>
       </c>
       <c r="B371" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/343</t>
+          <t>G/MA/TAR/RS/346</t>
         </is>
       </c>
       <c r="C371" s="0"/>
       <c r="D371" s="0" t="inlineStr">
         <is>
           <t>2014-03-27</t>
         </is>
       </c>
       <c r="E371" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="0" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Guatemala</t>
         </is>
       </c>
       <c r="B372" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/348</t>
+          <t>G/MA/TAR/RS/344</t>
         </is>
       </c>
       <c r="C372" s="0"/>
       <c r="D372" s="0" t="inlineStr">
         <is>
-          <t>2014-03-26</t>
+          <t>2014-03-27</t>
         </is>
       </c>
       <c r="E372" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Fiji</t>
         </is>
       </c>
       <c r="B373" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/347</t>
+          <t>G/MA/TAR/RS/343</t>
         </is>
       </c>
       <c r="C373" s="0"/>
       <c r="D373" s="0" t="inlineStr">
         <is>
-          <t>2014-03-26</t>
+          <t>2014-03-27</t>
         </is>
       </c>
       <c r="E373" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="0" t="inlineStr">
         <is>
-          <t>Guinea</t>
+          <t>Myanmar</t>
         </is>
       </c>
       <c r="B374" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/345</t>
+          <t>G/MA/TAR/RS/348</t>
         </is>
       </c>
       <c r="C374" s="0"/>
       <c r="D374" s="0" t="inlineStr">
         <is>
           <t>2014-03-26</t>
         </is>
       </c>
       <c r="E374" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="0" t="inlineStr">
         <is>
-          <t>Cote d'Ivoire</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B375" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/342</t>
+          <t>G/MA/TAR/RS/347</t>
         </is>
       </c>
       <c r="C375" s="0"/>
       <c r="D375" s="0" t="inlineStr">
         <is>
-          <t>2014-03-21</t>
+          <t>2014-03-26</t>
         </is>
       </c>
       <c r="E375" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="0" t="inlineStr">
         <is>
-          <t>Democratic Republic of the Congo</t>
+          <t>Guinea</t>
         </is>
       </c>
       <c r="B376" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/341</t>
+          <t>G/MA/TAR/RS/345</t>
         </is>
       </c>
       <c r="C376" s="0"/>
       <c r="D376" s="0" t="inlineStr">
         <is>
-          <t>2014-03-21</t>
+          <t>2014-03-26</t>
         </is>
       </c>
       <c r="E376" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="0" t="inlineStr">
         <is>
-          <t>Burkina Faso</t>
+          <t>Cote d'Ivoire</t>
         </is>
       </c>
       <c r="B377" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/340</t>
+          <t>G/MA/TAR/RS/342</t>
         </is>
       </c>
       <c r="C377" s="0"/>
       <c r="D377" s="0" t="inlineStr">
         <is>
           <t>2014-03-21</t>
         </is>
       </c>
       <c r="E377" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="0" t="inlineStr">
         <is>
-          <t>Bolivia, Plurinational State of</t>
+          <t>Democratic Republic of the Congo</t>
         </is>
       </c>
       <c r="B378" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/339</t>
+          <t>G/MA/TAR/RS/341</t>
         </is>
       </c>
       <c r="C378" s="0"/>
       <c r="D378" s="0" t="inlineStr">
         <is>
           <t>2014-03-21</t>
         </is>
       </c>
       <c r="E378" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="0" t="inlineStr">
         <is>
-          <t>Barbados</t>
+          <t>Burkina Faso</t>
         </is>
       </c>
       <c r="B379" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/338</t>
+          <t>G/MA/TAR/RS/340</t>
         </is>
       </c>
       <c r="C379" s="0"/>
       <c r="D379" s="0" t="inlineStr">
         <is>
           <t>2014-03-21</t>
         </is>
       </c>
       <c r="E379" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="0" t="inlineStr">
         <is>
-          <t>Armenia</t>
+          <t>Bolivia, Plurinational State of</t>
         </is>
       </c>
       <c r="B380" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/337</t>
+          <t>G/MA/TAR/RS/339</t>
         </is>
       </c>
       <c r="C380" s="0"/>
       <c r="D380" s="0" t="inlineStr">
         <is>
           <t>2014-03-21</t>
         </is>
       </c>
       <c r="E380" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="0" t="inlineStr">
         <is>
-          <t>Tonga</t>
+          <t>Barbados</t>
         </is>
       </c>
       <c r="B381" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/336</t>
+          <t>G/MA/TAR/RS/338</t>
         </is>
       </c>
       <c r="C381" s="0"/>
       <c r="D381" s="0" t="inlineStr">
         <is>
           <t>2014-03-21</t>
         </is>
       </c>
       <c r="E381" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="0" t="inlineStr">
         <is>
-          <t>Cameroon</t>
+          <t>Armenia</t>
         </is>
       </c>
       <c r="B382" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/314</t>
+          <t>G/MA/TAR/RS/337</t>
         </is>
       </c>
       <c r="C382" s="0"/>
       <c r="D382" s="0" t="inlineStr">
         <is>
           <t>2014-03-21</t>
         </is>
       </c>
       <c r="E382" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="0" t="inlineStr">
         <is>
-          <t>Ecuador</t>
+          <t>Tonga</t>
         </is>
       </c>
       <c r="B383" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/321</t>
+          <t>G/MA/TAR/RS/336</t>
         </is>
       </c>
       <c r="C383" s="0"/>
       <c r="D383" s="0" t="inlineStr">
         <is>
-          <t>2013-11-07</t>
+          <t>2014-03-21</t>
         </is>
       </c>
       <c r="E383" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Cameroon</t>
         </is>
       </c>
       <c r="B384" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/335</t>
+          <t>G/MA/TAR/RS/314</t>
         </is>
       </c>
       <c r="C384" s="0"/>
       <c r="D384" s="0" t="inlineStr">
         <is>
-          <t>2013-10-30</t>
+          <t>2014-03-21</t>
         </is>
       </c>
       <c r="E384" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="0" t="inlineStr">
         <is>
-          <t>Gabon</t>
+          <t>Ecuador</t>
         </is>
       </c>
       <c r="B385" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/328</t>
+          <t>G/MA/TAR/RS/321</t>
         </is>
       </c>
       <c r="C385" s="0"/>
       <c r="D385" s="0" t="inlineStr">
         <is>
-          <t>2013-09-09</t>
+          <t>2013-11-07</t>
         </is>
       </c>
       <c r="E385" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="0" t="inlineStr">
         <is>
-          <t>Chad</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B386" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/326</t>
+          <t>G/MA/TAR/RS/335</t>
         </is>
       </c>
       <c r="C386" s="0"/>
       <c r="D386" s="0" t="inlineStr">
         <is>
-          <t>2013-09-09</t>
+          <t>2013-10-30</t>
         </is>
       </c>
       <c r="E386" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="0" t="inlineStr">
         <is>
-          <t>Angola</t>
+          <t>Gabon</t>
         </is>
       </c>
       <c r="B387" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/324</t>
+          <t>G/MA/TAR/RS/328</t>
         </is>
       </c>
       <c r="C387" s="0"/>
       <c r="D387" s="0" t="inlineStr">
         <is>
           <t>2013-09-09</t>
         </is>
       </c>
       <c r="E387" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="0" t="inlineStr">
         <is>
-          <t>Saint Lucia</t>
+          <t>Chad</t>
         </is>
       </c>
       <c r="B388" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/333</t>
+          <t>G/MA/TAR/RS/326</t>
         </is>
       </c>
       <c r="C388" s="0"/>
       <c r="D388" s="0" t="inlineStr">
         <is>
-          <t>2013-09-04</t>
+          <t>2013-09-09</t>
         </is>
       </c>
       <c r="E388" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="0" t="inlineStr">
         <is>
-          <t>Saint Kitts and Nevis</t>
+          <t>Angola</t>
         </is>
       </c>
       <c r="B389" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/332</t>
+          <t>G/MA/TAR/RS/324</t>
         </is>
       </c>
       <c r="C389" s="0"/>
       <c r="D389" s="0" t="inlineStr">
         <is>
-          <t>2013-09-04</t>
+          <t>2013-09-09</t>
         </is>
       </c>
       <c r="E389" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>Saint Lucia</t>
         </is>
       </c>
       <c r="B390" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/331</t>
+          <t>G/MA/TAR/RS/333</t>
         </is>
       </c>
       <c r="C390" s="0"/>
       <c r="D390" s="0" t="inlineStr">
         <is>
           <t>2013-09-04</t>
         </is>
       </c>
       <c r="E390" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="0" t="inlineStr">
         <is>
-          <t>Guyana</t>
+          <t>Saint Kitts and Nevis</t>
         </is>
       </c>
       <c r="B391" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/330</t>
+          <t>G/MA/TAR/RS/332</t>
         </is>
       </c>
       <c r="C391" s="0"/>
       <c r="D391" s="0" t="inlineStr">
         <is>
           <t>2013-09-04</t>
         </is>
       </c>
       <c r="E391" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="0" t="inlineStr">
         <is>
-          <t>Grenada</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B392" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/329</t>
+          <t>G/MA/TAR/RS/331</t>
         </is>
       </c>
       <c r="C392" s="0"/>
       <c r="D392" s="0" t="inlineStr">
         <is>
           <t>2013-09-04</t>
         </is>
       </c>
       <c r="E392" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="0" t="inlineStr">
         <is>
-          <t>Dominica</t>
+          <t>Guyana</t>
         </is>
       </c>
       <c r="B393" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/327</t>
+          <t>G/MA/TAR/RS/330</t>
         </is>
       </c>
       <c r="C393" s="0"/>
       <c r="D393" s="0" t="inlineStr">
         <is>
           <t>2013-09-04</t>
         </is>
       </c>
       <c r="E393" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="0" t="inlineStr">
         <is>
-          <t>Antigua and Barbuda</t>
+          <t>Grenada</t>
         </is>
       </c>
       <c r="B394" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/325</t>
+          <t>G/MA/TAR/RS/329</t>
         </is>
       </c>
       <c r="C394" s="0"/>
       <c r="D394" s="0" t="inlineStr">
         <is>
           <t>2013-09-04</t>
         </is>
       </c>
       <c r="E394" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Dominica</t>
         </is>
       </c>
       <c r="B395" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/323</t>
+          <t>G/MA/TAR/RS/327</t>
         </is>
       </c>
       <c r="C395" s="0"/>
       <c r="D395" s="0" t="inlineStr">
         <is>
-          <t>2013-09-03</t>
+          <t>2013-09-04</t>
         </is>
       </c>
       <c r="E395" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="0" t="inlineStr">
         <is>
-          <t>Chile</t>
+          <t>Antigua and Barbuda</t>
         </is>
       </c>
       <c r="B396" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/320</t>
+          <t>G/MA/TAR/RS/325</t>
         </is>
       </c>
       <c r="C396" s="0"/>
       <c r="D396" s="0" t="inlineStr">
         <is>
-          <t>2013-08-22</t>
+          <t>2013-09-04</t>
         </is>
       </c>
       <c r="E396" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B397" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/322</t>
+          <t>G/MA/TAR/RS/323</t>
         </is>
       </c>
       <c r="C397" s="0"/>
       <c r="D397" s="0" t="inlineStr">
         <is>
-          <t>2013-08-06</t>
+          <t>2013-09-03</t>
         </is>
       </c>
       <c r="E397" s="0" t="inlineStr">
         <is>
-          <t>Full schedule</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" s="0" t="inlineStr">
         <is>
-          <t>Congo</t>
+          <t>Chile</t>
         </is>
       </c>
       <c r="B398" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/315</t>
+          <t>G/MA/TAR/RS/320</t>
         </is>
       </c>
       <c r="C398" s="0"/>
       <c r="D398" s="0" t="inlineStr">
         <is>
-          <t>2013-07-11</t>
+          <t>2013-08-22</t>
         </is>
       </c>
       <c r="E398" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" s="0" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B399" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/318</t>
+          <t>G/MA/TAR/RS/322</t>
         </is>
       </c>
       <c r="C399" s="0"/>
       <c r="D399" s="0" t="inlineStr">
         <is>
-          <t>2013-07-04</t>
+          <t>2013-08-06</t>
         </is>
       </c>
       <c r="E399" s="0" t="inlineStr">
         <is>
-          <t>HS2007</t>
+          <t>Full schedule</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" s="0" t="inlineStr">
         <is>
-          <t>Ghana</t>
+          <t>Congo</t>
         </is>
       </c>
       <c r="B400" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/317</t>
+          <t>G/MA/TAR/RS/315</t>
         </is>
       </c>
       <c r="C400" s="0"/>
       <c r="D400" s="0" t="inlineStr">
         <is>
-          <t>2013-07-04</t>
+          <t>2013-07-11</t>
         </is>
       </c>
       <c r="E400" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" s="0" t="inlineStr">
         <is>
-          <t>Zambia</t>
+          <t>Lesotho</t>
         </is>
       </c>
       <c r="B401" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/313</t>
+          <t>G/MA/TAR/RS/318</t>
         </is>
       </c>
       <c r="C401" s="0"/>
       <c r="D401" s="0" t="inlineStr">
         <is>
           <t>2013-07-04</t>
         </is>
       </c>
       <c r="E401" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" s="0" t="inlineStr">
         <is>
-          <t>Tanzania</t>
+          <t>Ghana</t>
         </is>
       </c>
       <c r="B402" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/311</t>
+          <t>G/MA/TAR/RS/317</t>
         </is>
       </c>
       <c r="C402" s="0"/>
       <c r="D402" s="0" t="inlineStr">
         <is>
           <t>2013-07-04</t>
         </is>
       </c>
       <c r="E402" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" s="0" t="inlineStr">
         <is>
-          <t>Mozambique</t>
+          <t>Zambia</t>
         </is>
       </c>
       <c r="B403" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/310</t>
+          <t>G/MA/TAR/RS/313</t>
         </is>
       </c>
       <c r="C403" s="0"/>
       <c r="D403" s="0" t="inlineStr">
         <is>
           <t>2013-07-04</t>
         </is>
       </c>
       <c r="E403" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" s="0" t="inlineStr">
         <is>
-          <t>Belize</t>
+          <t>Tanzania</t>
         </is>
       </c>
       <c r="B404" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/307</t>
+          <t>G/MA/TAR/RS/311</t>
         </is>
       </c>
       <c r="C404" s="0"/>
       <c r="D404" s="0" t="inlineStr">
         <is>
           <t>2013-07-04</t>
         </is>
       </c>
       <c r="E404" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" s="0" t="inlineStr">
         <is>
-          <t>Kuwait, the State of</t>
+          <t>Mozambique</t>
         </is>
       </c>
       <c r="B405" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/306</t>
+          <t>G/MA/TAR/RS/310</t>
         </is>
       </c>
       <c r="C405" s="0"/>
       <c r="D405" s="0" t="inlineStr">
         <is>
           <t>2013-07-04</t>
         </is>
       </c>
       <c r="E405" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>Belize</t>
         </is>
       </c>
       <c r="B406" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/305</t>
+          <t>G/MA/TAR/RS/307</t>
         </is>
       </c>
       <c r="C406" s="0"/>
       <c r="D406" s="0" t="inlineStr">
         <is>
           <t>2013-07-04</t>
         </is>
       </c>
       <c r="E406" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" s="0" t="inlineStr">
         <is>
-          <t>Rwanda</t>
+          <t>Kuwait, the State of</t>
         </is>
       </c>
       <c r="B407" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/319</t>
+          <t>G/MA/TAR/RS/306</t>
         </is>
       </c>
       <c r="C407" s="0"/>
       <c r="D407" s="0" t="inlineStr">
         <is>
-          <t>2013-07-03</t>
+          <t>2013-07-04</t>
         </is>
       </c>
       <c r="E407" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" s="0" t="inlineStr">
         <is>
-          <t>Togo</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B408" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/312</t>
+          <t>G/MA/TAR/RS/305</t>
         </is>
       </c>
       <c r="C408" s="0"/>
       <c r="D408" s="0" t="inlineStr">
         <is>
-          <t>2013-07-03</t>
+          <t>2013-07-04</t>
         </is>
       </c>
       <c r="E408" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" s="0" t="inlineStr">
         <is>
-          <t>Guinea-Bissau</t>
+          <t>Rwanda</t>
         </is>
       </c>
       <c r="B409" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/309</t>
+          <t>G/MA/TAR/RS/319</t>
         </is>
       </c>
       <c r="C409" s="0"/>
       <c r="D409" s="0" t="inlineStr">
         <is>
           <t>2013-07-03</t>
         </is>
       </c>
       <c r="E409" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" s="0" t="inlineStr">
         <is>
-          <t>Gambia, The</t>
+          <t>Togo</t>
         </is>
       </c>
       <c r="B410" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/316</t>
+          <t>G/MA/TAR/RS/312</t>
         </is>
       </c>
       <c r="C410" s="0"/>
       <c r="D410" s="0" t="inlineStr">
         <is>
-          <t>2013-07-02</t>
+          <t>2013-07-03</t>
         </is>
       </c>
       <c r="E410" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" s="0" t="inlineStr">
         <is>
-          <t>Djibouti</t>
+          <t>Guinea-Bissau</t>
         </is>
       </c>
       <c r="B411" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/308</t>
+          <t>G/MA/TAR/RS/309</t>
         </is>
       </c>
       <c r="C411" s="0"/>
       <c r="D411" s="0" t="inlineStr">
         <is>
-          <t>2013-07-02</t>
+          <t>2013-07-03</t>
         </is>
       </c>
       <c r="E411" s="0" t="inlineStr">
         <is>
           <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" s="0" t="inlineStr">
         <is>
-          <t>Panama</t>
+          <t>Gambia, The</t>
         </is>
       </c>
       <c r="B412" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/304</t>
+          <t>G/MA/TAR/RS/316</t>
         </is>
       </c>
       <c r="C412" s="0"/>
       <c r="D412" s="0" t="inlineStr">
         <is>
-          <t>2013-04-29</t>
+          <t>2013-07-02</t>
         </is>
       </c>
       <c r="E412" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Djibouti</t>
         </is>
       </c>
       <c r="B413" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/303</t>
+          <t>G/MA/TAR/RS/308</t>
         </is>
       </c>
       <c r="C413" s="0"/>
       <c r="D413" s="0" t="inlineStr">
         <is>
-          <t>2013-04-29</t>
+          <t>2013-07-02</t>
         </is>
       </c>
       <c r="E413" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS2007</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" s="0" t="inlineStr">
         <is>
-          <t>Ecuador</t>
+          <t>Panama</t>
         </is>
       </c>
       <c r="B414" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/302</t>
+          <t>G/MA/TAR/RS/304</t>
         </is>
       </c>
       <c r="C414" s="0"/>
       <c r="D414" s="0" t="inlineStr">
         <is>
-          <t>2013-04-24</t>
+          <t>2013-04-29</t>
         </is>
       </c>
       <c r="E414" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" s="0" t="inlineStr">
         <is>
-          <t>Tunisia</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B415" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/287</t>
+          <t>G/MA/TAR/RS/303</t>
         </is>
       </c>
       <c r="C415" s="0"/>
       <c r="D415" s="0" t="inlineStr">
         <is>
-          <t>2013-04-24</t>
+          <t>2013-04-29</t>
         </is>
       </c>
       <c r="E415" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" s="0" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>Ecuador</t>
         </is>
       </c>
       <c r="B416" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/301</t>
+          <t>G/MA/TAR/RS/302</t>
         </is>
       </c>
       <c r="C416" s="0"/>
       <c r="D416" s="0" t="inlineStr">
         <is>
-          <t>2013-03-26</t>
+          <t>2013-04-24</t>
         </is>
       </c>
       <c r="E416" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" s="0" t="inlineStr">
         <is>
-          <t>Uruguay</t>
+          <t>Tunisia</t>
         </is>
       </c>
       <c r="B417" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/300</t>
+          <t>G/MA/TAR/RS/287</t>
         </is>
       </c>
       <c r="C417" s="0"/>
       <c r="D417" s="0" t="inlineStr">
         <is>
-          <t>2013-03-26</t>
+          <t>2013-04-24</t>
         </is>
       </c>
       <c r="E417" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" s="0" t="inlineStr">
         <is>
-          <t>Brazil</t>
+          <t>India</t>
         </is>
       </c>
       <c r="B418" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/299</t>
+          <t>G/MA/TAR/RS/301</t>
         </is>
       </c>
       <c r="C418" s="0"/>
       <c r="D418" s="0" t="inlineStr">
         <is>
-          <t>2012-10-08</t>
+          <t>2013-03-26</t>
         </is>
       </c>
       <c r="E418" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Uruguay</t>
         </is>
       </c>
       <c r="B419" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/298</t>
+          <t>G/MA/TAR/RS/300</t>
         </is>
       </c>
       <c r="C419" s="0"/>
       <c r="D419" s="0" t="inlineStr">
         <is>
-          <t>2012-10-01</t>
+          <t>2013-03-26</t>
         </is>
       </c>
       <c r="E419" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Brazil</t>
         </is>
       </c>
       <c r="B420" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/297</t>
+          <t>G/MA/TAR/RS/299</t>
         </is>
       </c>
       <c r="C420" s="0"/>
       <c r="D420" s="0" t="inlineStr">
         <is>
-          <t>2012-07-27</t>
+          <t>2012-10-08</t>
         </is>
       </c>
       <c r="E420" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="0" t="inlineStr">
         <is>
-          <t>Montenegro</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B421" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/296</t>
+          <t>G/MA/TAR/RS/298</t>
         </is>
       </c>
       <c r="C421" s="0"/>
       <c r="D421" s="0" t="inlineStr">
         <is>
-          <t>2012-07-24</t>
+          <t>2012-10-01</t>
         </is>
       </c>
       <c r="E421" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B422" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/295</t>
+          <t>G/MA/TAR/RS/297</t>
         </is>
       </c>
       <c r="C422" s="0"/>
       <c r="D422" s="0" t="inlineStr">
         <is>
-          <t>2012-05-08</t>
+          <t>2012-07-27</t>
         </is>
       </c>
       <c r="E422" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="0" t="inlineStr">
         <is>
-          <t>Mexico</t>
+          <t>Montenegro</t>
         </is>
       </c>
       <c r="B423" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/294</t>
+          <t>G/MA/TAR/RS/296</t>
         </is>
       </c>
       <c r="C423" s="0"/>
       <c r="D423" s="0" t="inlineStr">
         <is>
-          <t>2012-04-20</t>
+          <t>2012-07-24</t>
         </is>
       </c>
       <c r="E423" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="0" t="inlineStr">
         <is>
-          <t>Türkiye</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B424" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/293</t>
+          <t>G/MA/TAR/RS/295</t>
         </is>
       </c>
       <c r="C424" s="0"/>
       <c r="D424" s="0" t="inlineStr">
         <is>
-          <t>2012-01-20</t>
+          <t>2012-05-08</t>
         </is>
       </c>
       <c r="E424" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="0" t="inlineStr">
         <is>
-          <t>Guatemala</t>
+          <t>Mexico</t>
         </is>
       </c>
       <c r="B425" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/292</t>
+          <t>G/MA/TAR/RS/294</t>
         </is>
       </c>
       <c r="C425" s="0"/>
       <c r="D425" s="0" t="inlineStr">
         <is>
-          <t>2011-11-22</t>
+          <t>2012-04-20</t>
         </is>
       </c>
       <c r="E425" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Türkiye</t>
         </is>
       </c>
       <c r="B426" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/291</t>
+          <t>G/MA/TAR/RS/293</t>
         </is>
       </c>
       <c r="C426" s="0"/>
       <c r="D426" s="0" t="inlineStr">
         <is>
-          <t>2011-11-02</t>
+          <t>2012-01-20</t>
         </is>
       </c>
       <c r="E426" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" s="0" t="inlineStr">
         <is>
-          <t>Panama</t>
+          <t>Guatemala</t>
         </is>
       </c>
       <c r="B427" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/290</t>
+          <t>G/MA/TAR/RS/292</t>
         </is>
       </c>
       <c r="C427" s="0"/>
       <c r="D427" s="0" t="inlineStr">
         <is>
-          <t>2011-07-29</t>
+          <t>2011-11-22</t>
         </is>
       </c>
       <c r="E427" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" s="0" t="inlineStr">
         <is>
-          <t>Thailand</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B428" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/288</t>
+          <t>G/MA/TAR/RS/291</t>
         </is>
       </c>
       <c r="C428" s="0"/>
       <c r="D428" s="0" t="inlineStr">
         <is>
-          <t>2011-06-21</t>
+          <t>2011-11-02</t>
         </is>
       </c>
       <c r="E428" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" s="0" t="inlineStr">
         <is>
           <t>Panama</t>
         </is>
       </c>
       <c r="B429" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/289</t>
+          <t>G/MA/TAR/RS/290</t>
         </is>
       </c>
       <c r="C429" s="0"/>
       <c r="D429" s="0" t="inlineStr">
         <is>
-          <t>2011-06-17</t>
+          <t>2011-07-29</t>
         </is>
       </c>
       <c r="E429" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="0" t="inlineStr">
         <is>
-          <t>Barbados</t>
+          <t>Thailand</t>
         </is>
       </c>
       <c r="B430" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/233</t>
+          <t>G/MA/TAR/RS/288</t>
         </is>
       </c>
       <c r="C430" s="0"/>
       <c r="D430" s="0" t="inlineStr">
         <is>
-          <t>2011-06-16</t>
+          <t>2011-06-21</t>
         </is>
       </c>
       <c r="E430" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" s="0" t="inlineStr">
         <is>
-          <t>Bolivia, Plurinational State of</t>
+          <t>Panama</t>
         </is>
       </c>
       <c r="B431" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/236</t>
+          <t>G/MA/TAR/RS/289</t>
         </is>
       </c>
       <c r="C431" s="0"/>
       <c r="D431" s="0" t="inlineStr">
         <is>
-          <t>2011-06-08</t>
+          <t>2011-06-17</t>
         </is>
       </c>
       <c r="E431" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Barbados</t>
         </is>
       </c>
       <c r="B432" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/286</t>
+          <t>G/MA/TAR/RS/233</t>
         </is>
       </c>
       <c r="C432" s="0"/>
       <c r="D432" s="0" t="inlineStr">
         <is>
-          <t>2011-05-27</t>
+          <t>2011-06-16</t>
         </is>
       </c>
       <c r="E432" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Bolivia, Plurinational State of</t>
         </is>
       </c>
       <c r="B433" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/285</t>
+          <t>G/MA/TAR/RS/236</t>
         </is>
       </c>
       <c r="C433" s="0"/>
       <c r="D433" s="0" t="inlineStr">
         <is>
-          <t>2011-05-24</t>
+          <t>2011-06-08</t>
         </is>
       </c>
       <c r="E433" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B434" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/285</t>
+          <t>G/MA/TAR/RS/286</t>
         </is>
       </c>
       <c r="C434" s="0"/>
       <c r="D434" s="0" t="inlineStr">
         <is>
-          <t>2011-05-24</t>
+          <t>2011-05-27</t>
         </is>
       </c>
       <c r="E434" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" s="0" t="inlineStr">
         <is>
-          <t>Barbados</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B435" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/217</t>
+          <t>G/MA/TAR/RS/285</t>
         </is>
       </c>
       <c r="C435" s="0"/>
       <c r="D435" s="0" t="inlineStr">
         <is>
-          <t>2011-05-06</t>
+          <t>2011-05-24</t>
         </is>
       </c>
       <c r="E435" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B436" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/227</t>
+          <t>G/MA/TAR/RS/285</t>
         </is>
       </c>
       <c r="C436" s="0"/>
       <c r="D436" s="0" t="inlineStr">
         <is>
-          <t>2011-05-05</t>
+          <t>2011-05-24</t>
         </is>
       </c>
       <c r="E436" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Barbados</t>
         </is>
       </c>
       <c r="B437" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/277</t>
+          <t>G/MA/TAR/RS/217</t>
         </is>
       </c>
       <c r="C437" s="0"/>
       <c r="D437" s="0" t="inlineStr">
         <is>
-          <t>2011-04-06</t>
+          <t>2011-05-06</t>
         </is>
       </c>
       <c r="E437" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" s="0" t="inlineStr">
         <is>
-          <t>United Arab Emirates</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B438" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/284</t>
+          <t>G/MA/TAR/RS/227</t>
         </is>
       </c>
       <c r="C438" s="0"/>
       <c r="D438" s="0" t="inlineStr">
         <is>
-          <t>2011-04-04</t>
+          <t>2011-05-05</t>
         </is>
       </c>
       <c r="E438" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" s="0" t="inlineStr">
         <is>
-          <t>Uganda</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B439" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/283</t>
+          <t>G/MA/TAR/RS/277</t>
         </is>
       </c>
       <c r="C439" s="0"/>
       <c r="D439" s="0" t="inlineStr">
         <is>
-          <t>2011-04-04</t>
+          <t>2011-04-06</t>
         </is>
       </c>
       <c r="E439" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" s="0" t="inlineStr">
         <is>
-          <t>Trinidad and Tobago</t>
+          <t>United Arab Emirates</t>
         </is>
       </c>
       <c r="B440" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/282</t>
+          <t>G/MA/TAR/RS/284</t>
         </is>
       </c>
       <c r="C440" s="0"/>
       <c r="D440" s="0" t="inlineStr">
         <is>
           <t>2011-04-04</t>
         </is>
       </c>
       <c r="E440" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" s="0" t="inlineStr">
         <is>
-          <t>Togo</t>
+          <t>Uganda</t>
         </is>
       </c>
       <c r="B441" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/281</t>
+          <t>G/MA/TAR/RS/283</t>
         </is>
       </c>
       <c r="C441" s="0"/>
       <c r="D441" s="0" t="inlineStr">
         <is>
           <t>2011-04-04</t>
         </is>
       </c>
       <c r="E441" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" s="0" t="inlineStr">
         <is>
-          <t>Eswatini</t>
+          <t>Trinidad and Tobago</t>
         </is>
       </c>
       <c r="B442" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/279</t>
+          <t>G/MA/TAR/RS/282</t>
         </is>
       </c>
       <c r="C442" s="0"/>
       <c r="D442" s="0" t="inlineStr">
         <is>
           <t>2011-04-04</t>
         </is>
       </c>
       <c r="E442" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" s="0" t="inlineStr">
         <is>
-          <t>Suriname</t>
+          <t>Togo</t>
         </is>
       </c>
       <c r="B443" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/278</t>
+          <t>G/MA/TAR/RS/281</t>
         </is>
       </c>
       <c r="C443" s="0"/>
       <c r="D443" s="0" t="inlineStr">
         <is>
           <t>2011-04-04</t>
         </is>
       </c>
       <c r="E443" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" s="0" t="inlineStr">
         <is>
-          <t>Zimbabwe</t>
+          <t>Eswatini</t>
         </is>
       </c>
       <c r="B444" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/274</t>
+          <t>G/MA/TAR/RS/279</t>
         </is>
       </c>
       <c r="C444" s="0"/>
       <c r="D444" s="0" t="inlineStr">
         <is>
           <t>2011-04-04</t>
         </is>
       </c>
       <c r="E444" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" s="0" t="inlineStr">
         <is>
-          <t>Tanzania</t>
+          <t>Suriname</t>
         </is>
       </c>
       <c r="B445" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/280</t>
+          <t>G/MA/TAR/RS/278</t>
         </is>
       </c>
       <c r="C445" s="0"/>
       <c r="D445" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2011-04-04</t>
         </is>
       </c>
       <c r="E445" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" s="0" t="inlineStr">
         <is>
-          <t>Solomon Islands</t>
+          <t>Zimbabwe</t>
         </is>
       </c>
       <c r="B446" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/276</t>
+          <t>G/MA/TAR/RS/274</t>
         </is>
       </c>
       <c r="C446" s="0"/>
       <c r="D446" s="0" t="inlineStr">
         <is>
-          <t>2011-03-31</t>
+          <t>2011-04-04</t>
         </is>
       </c>
       <c r="E446" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" s="0" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>Tanzania</t>
         </is>
       </c>
       <c r="B447" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/275</t>
+          <t>G/MA/TAR/RS/280</t>
         </is>
       </c>
       <c r="C447" s="0"/>
       <c r="D447" s="0" t="inlineStr">
         <is>
           <t>2011-03-31</t>
         </is>
       </c>
       <c r="E447" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" s="0" t="inlineStr">
         <is>
-          <t>Saint Vincent and the Grenadines</t>
+          <t>Solomon Islands</t>
         </is>
       </c>
       <c r="B448" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/273</t>
+          <t>G/MA/TAR/RS/276</t>
         </is>
       </c>
       <c r="C448" s="0"/>
       <c r="D448" s="0" t="inlineStr">
         <is>
           <t>2011-03-31</t>
         </is>
       </c>
       <c r="E448" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" s="0" t="inlineStr">
         <is>
-          <t>Saint Kitts and Nevis</t>
+          <t>Sierra Leone</t>
         </is>
       </c>
       <c r="B449" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/272</t>
+          <t>G/MA/TAR/RS/275</t>
         </is>
       </c>
       <c r="C449" s="0"/>
       <c r="D449" s="0" t="inlineStr">
         <is>
           <t>2011-03-31</t>
         </is>
       </c>
       <c r="E449" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" s="0" t="inlineStr">
         <is>
-          <t>Peru</t>
+          <t>Saint Vincent and the Grenadines</t>
         </is>
       </c>
       <c r="B450" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/271</t>
+          <t>G/MA/TAR/RS/273</t>
         </is>
       </c>
       <c r="C450" s="0"/>
       <c r="D450" s="0" t="inlineStr">
         <is>
           <t>2011-03-31</t>
         </is>
       </c>
       <c r="E450" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" s="0" t="inlineStr">
         <is>
-          <t>Paraguay</t>
+          <t>Saint Kitts and Nevis</t>
         </is>
       </c>
       <c r="B451" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/270</t>
+          <t>G/MA/TAR/RS/272</t>
         </is>
       </c>
       <c r="C451" s="0"/>
       <c r="D451" s="0" t="inlineStr">
         <is>
           <t>2011-03-31</t>
         </is>
       </c>
       <c r="E451" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Peru</t>
         </is>
       </c>
       <c r="B452" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/220</t>
+          <t>G/MA/TAR/RS/271</t>
         </is>
       </c>
       <c r="C452" s="0"/>
       <c r="D452" s="0" t="inlineStr">
         <is>
           <t>2011-03-31</t>
         </is>
       </c>
       <c r="E452" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" s="0" t="inlineStr">
         <is>
-          <t>Papua New Guinea</t>
+          <t>Paraguay</t>
         </is>
       </c>
       <c r="B453" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/269</t>
+          <t>G/MA/TAR/RS/270</t>
         </is>
       </c>
       <c r="C453" s="0"/>
       <c r="D453" s="0" t="inlineStr">
         <is>
-          <t>2011-03-25</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="E453" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" s="0" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B454" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/266</t>
+          <t>G/MA/TAR/RS/220</t>
         </is>
       </c>
       <c r="C454" s="0"/>
       <c r="D454" s="0" t="inlineStr">
         <is>
-          <t>2011-03-25</t>
+          <t>2011-03-31</t>
         </is>
       </c>
       <c r="E454" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" s="0" t="inlineStr">
         <is>
-          <t>Moldova, Republic of</t>
+          <t>Papua New Guinea</t>
         </is>
       </c>
       <c r="B455" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/264</t>
+          <t>G/MA/TAR/RS/269</t>
         </is>
       </c>
       <c r="C455" s="0"/>
       <c r="D455" s="0" t="inlineStr">
         <is>
           <t>2011-03-25</t>
         </is>
       </c>
       <c r="E455" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" s="0" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Myanmar</t>
         </is>
       </c>
       <c r="B456" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/262</t>
+          <t>G/MA/TAR/RS/266</t>
         </is>
       </c>
       <c r="C456" s="0"/>
       <c r="D456" s="0" t="inlineStr">
         <is>
           <t>2011-03-25</t>
         </is>
       </c>
       <c r="E456" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" s="0" t="inlineStr">
         <is>
-          <t>Niger</t>
+          <t>Moldova, Republic of</t>
         </is>
       </c>
       <c r="B457" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/268</t>
+          <t>G/MA/TAR/RS/264</t>
         </is>
       </c>
       <c r="C457" s="0"/>
       <c r="D457" s="0" t="inlineStr">
         <is>
-          <t>2011-03-24</t>
+          <t>2011-03-25</t>
         </is>
       </c>
       <c r="E457" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" s="0" t="inlineStr">
         <is>
-          <t>Namibia</t>
+          <t>Mali</t>
         </is>
       </c>
       <c r="B458" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/267</t>
+          <t>G/MA/TAR/RS/262</t>
         </is>
       </c>
       <c r="C458" s="0"/>
       <c r="D458" s="0" t="inlineStr">
         <is>
-          <t>2011-03-24</t>
+          <t>2011-03-25</t>
         </is>
       </c>
       <c r="E458" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" s="0" t="inlineStr">
         <is>
-          <t>Mozambique</t>
+          <t>Niger</t>
         </is>
       </c>
       <c r="B459" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/265</t>
+          <t>G/MA/TAR/RS/268</t>
         </is>
       </c>
       <c r="C459" s="0"/>
       <c r="D459" s="0" t="inlineStr">
         <is>
           <t>2011-03-24</t>
         </is>
       </c>
       <c r="E459" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" s="0" t="inlineStr">
         <is>
-          <t>Mauritania</t>
+          <t>Namibia</t>
         </is>
       </c>
       <c r="B460" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/263</t>
+          <t>G/MA/TAR/RS/267</t>
         </is>
       </c>
       <c r="C460" s="0"/>
       <c r="D460" s="0" t="inlineStr">
         <is>
           <t>2011-03-24</t>
         </is>
       </c>
       <c r="E460" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" s="0" t="inlineStr">
         <is>
-          <t>Maldives</t>
+          <t>Mozambique</t>
         </is>
       </c>
       <c r="B461" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/261</t>
+          <t>G/MA/TAR/RS/265</t>
         </is>
       </c>
       <c r="C461" s="0"/>
       <c r="D461" s="0" t="inlineStr">
         <is>
           <t>2011-03-24</t>
         </is>
       </c>
       <c r="E461" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" s="0" t="inlineStr">
         <is>
-          <t>Malaysia</t>
+          <t>Mauritania</t>
         </is>
       </c>
       <c r="B462" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/260</t>
+          <t>G/MA/TAR/RS/263</t>
         </is>
       </c>
       <c r="C462" s="0"/>
       <c r="D462" s="0" t="inlineStr">
         <is>
           <t>2011-03-24</t>
         </is>
       </c>
       <c r="E462" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" s="0" t="inlineStr">
         <is>
-          <t>Malawi</t>
+          <t>Maldives</t>
         </is>
       </c>
       <c r="B463" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/259</t>
+          <t>G/MA/TAR/RS/261</t>
         </is>
       </c>
       <c r="C463" s="0"/>
       <c r="D463" s="0" t="inlineStr">
         <is>
           <t>2011-03-24</t>
         </is>
       </c>
       <c r="E463" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" s="0" t="inlineStr">
         <is>
-          <t>Haiti</t>
+          <t>Malaysia</t>
         </is>
       </c>
       <c r="B464" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/256</t>
+          <t>G/MA/TAR/RS/260</t>
         </is>
       </c>
       <c r="C464" s="0"/>
       <c r="D464" s="0" t="inlineStr">
         <is>
-          <t>2011-03-18</t>
+          <t>2011-03-24</t>
         </is>
       </c>
       <c r="E464" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" s="0" t="inlineStr">
         <is>
-          <t>Guyana</t>
+          <t>Malawi</t>
         </is>
       </c>
       <c r="B465" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/255</t>
+          <t>G/MA/TAR/RS/259</t>
         </is>
       </c>
       <c r="C465" s="0"/>
       <c r="D465" s="0" t="inlineStr">
         <is>
-          <t>2011-03-18</t>
+          <t>2011-03-24</t>
         </is>
       </c>
       <c r="E465" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" s="0" t="inlineStr">
         <is>
-          <t>Madagascar</t>
+          <t>Haiti</t>
         </is>
       </c>
       <c r="B466" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/258</t>
+          <t>G/MA/TAR/RS/256</t>
         </is>
       </c>
       <c r="C466" s="0"/>
       <c r="D466" s="0" t="inlineStr">
         <is>
-          <t>2011-03-17</t>
+          <t>2011-03-18</t>
         </is>
       </c>
       <c r="E466" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" s="0" t="inlineStr">
         <is>
-          <t>Kenya</t>
+          <t>Guyana</t>
         </is>
       </c>
       <c r="B467" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/257</t>
+          <t>G/MA/TAR/RS/255</t>
         </is>
       </c>
       <c r="C467" s="0"/>
       <c r="D467" s="0" t="inlineStr">
         <is>
-          <t>2011-03-17</t>
+          <t>2011-03-18</t>
         </is>
       </c>
       <c r="E467" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" s="0" t="inlineStr">
         <is>
-          <t>Guinea-Bissau</t>
+          <t>Madagascar</t>
         </is>
       </c>
       <c r="B468" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/254</t>
+          <t>G/MA/TAR/RS/258</t>
         </is>
       </c>
       <c r="C468" s="0"/>
       <c r="D468" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E468" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" s="0" t="inlineStr">
         <is>
-          <t>Guinea</t>
+          <t>Kenya</t>
         </is>
       </c>
       <c r="B469" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/253</t>
+          <t>G/MA/TAR/RS/257</t>
         </is>
       </c>
       <c r="C469" s="0"/>
       <c r="D469" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E469" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" s="0" t="inlineStr">
         <is>
-          <t>Grenada</t>
+          <t>Guinea-Bissau</t>
         </is>
       </c>
       <c r="B470" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/252</t>
+          <t>G/MA/TAR/RS/254</t>
         </is>
       </c>
       <c r="C470" s="0"/>
       <c r="D470" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E470" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" s="0" t="inlineStr">
         <is>
-          <t>Ghana</t>
+          <t>Guinea</t>
         </is>
       </c>
       <c r="B471" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/251</t>
+          <t>G/MA/TAR/RS/253</t>
         </is>
       </c>
       <c r="C471" s="0"/>
       <c r="D471" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E471" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" s="0" t="inlineStr">
         <is>
-          <t>Gambia, The</t>
+          <t>Grenada</t>
         </is>
       </c>
       <c r="B472" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/250</t>
+          <t>G/MA/TAR/RS/252</t>
         </is>
       </c>
       <c r="C472" s="0"/>
       <c r="D472" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E472" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" s="0" t="inlineStr">
         <is>
-          <t>Gabon</t>
+          <t>Ghana</t>
         </is>
       </c>
       <c r="B473" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/249</t>
+          <t>G/MA/TAR/RS/251</t>
         </is>
       </c>
       <c r="C473" s="0"/>
       <c r="D473" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E473" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Gambia, The</t>
         </is>
       </c>
       <c r="B474" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/248</t>
+          <t>G/MA/TAR/RS/250</t>
         </is>
       </c>
       <c r="C474" s="0"/>
       <c r="D474" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E474" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" s="0" t="inlineStr">
         <is>
-          <t>Djibouti</t>
+          <t>Gabon</t>
         </is>
       </c>
       <c r="B475" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/247</t>
+          <t>G/MA/TAR/RS/249</t>
         </is>
       </c>
       <c r="C475" s="0"/>
       <c r="D475" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E475" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" s="0" t="inlineStr">
         <is>
-          <t>Türkiye</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B476" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/246</t>
+          <t>G/MA/TAR/RS/248</t>
         </is>
       </c>
       <c r="C476" s="0"/>
       <c r="D476" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E476" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" s="0" t="inlineStr">
         <is>
-          <t>Cote d'Ivoire</t>
+          <t>Djibouti</t>
         </is>
       </c>
       <c r="B477" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/245</t>
+          <t>G/MA/TAR/RS/247</t>
         </is>
       </c>
       <c r="C477" s="0"/>
       <c r="D477" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E477" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" s="0" t="inlineStr">
         <is>
-          <t>Democratic Republic of the Congo</t>
+          <t>Türkiye</t>
         </is>
       </c>
       <c r="B478" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/244</t>
+          <t>G/MA/TAR/RS/246</t>
         </is>
       </c>
       <c r="C478" s="0"/>
       <c r="D478" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E478" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" s="0" t="inlineStr">
         <is>
-          <t>Congo</t>
+          <t>Cote d'Ivoire</t>
         </is>
       </c>
       <c r="B479" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/243</t>
+          <t>G/MA/TAR/RS/245</t>
         </is>
       </c>
       <c r="C479" s="0"/>
       <c r="D479" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E479" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" s="0" t="inlineStr">
         <is>
-          <t>Chad</t>
+          <t>Democratic Republic of the Congo</t>
         </is>
       </c>
       <c r="B480" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/242</t>
+          <t>G/MA/TAR/RS/244</t>
         </is>
       </c>
       <c r="C480" s="0"/>
       <c r="D480" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E480" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" s="0" t="inlineStr">
         <is>
-          <t>Central African Republic</t>
+          <t>Congo</t>
         </is>
       </c>
       <c r="B481" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/241</t>
+          <t>G/MA/TAR/RS/243</t>
         </is>
       </c>
       <c r="C481" s="0"/>
       <c r="D481" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E481" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" s="0" t="inlineStr">
         <is>
-          <t>Cameroon</t>
+          <t>Chad</t>
         </is>
       </c>
       <c r="B482" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/240</t>
+          <t>G/MA/TAR/RS/242</t>
         </is>
       </c>
       <c r="C482" s="0"/>
       <c r="D482" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E482" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" s="0" t="inlineStr">
         <is>
-          <t>Burundi</t>
+          <t>Central African Republic</t>
         </is>
       </c>
       <c r="B483" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/239</t>
+          <t>G/MA/TAR/RS/241</t>
         </is>
       </c>
       <c r="C483" s="0"/>
       <c r="D483" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E483" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" s="0" t="inlineStr">
         <is>
-          <t>Burkina Faso</t>
+          <t>Cameroon</t>
         </is>
       </c>
       <c r="B484" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/238</t>
+          <t>G/MA/TAR/RS/240</t>
         </is>
       </c>
       <c r="C484" s="0"/>
       <c r="D484" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E484" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" s="0" t="inlineStr">
         <is>
-          <t>Botswana</t>
+          <t>Burundi</t>
         </is>
       </c>
       <c r="B485" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/237</t>
+          <t>G/MA/TAR/RS/239</t>
         </is>
       </c>
       <c r="C485" s="0"/>
       <c r="D485" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E485" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" s="0" t="inlineStr">
         <is>
-          <t>Benin</t>
+          <t>Burkina Faso</t>
         </is>
       </c>
       <c r="B486" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/235</t>
+          <t>G/MA/TAR/RS/238</t>
         </is>
       </c>
       <c r="C486" s="0"/>
       <c r="D486" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E486" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>Botswana</t>
         </is>
       </c>
       <c r="B487" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/232</t>
+          <t>G/MA/TAR/RS/237</t>
         </is>
       </c>
       <c r="C487" s="0"/>
       <c r="D487" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E487" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" s="0" t="inlineStr">
         <is>
-          <t>Antigua and Barbuda</t>
+          <t>Benin</t>
         </is>
       </c>
       <c r="B488" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/231</t>
+          <t>G/MA/TAR/RS/235</t>
         </is>
       </c>
       <c r="C488" s="0"/>
       <c r="D488" s="0" t="inlineStr">
         <is>
           <t>2011-03-17</t>
         </is>
       </c>
       <c r="E488" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" s="0" t="inlineStr">
         <is>
-          <t>Belize</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B489" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/234</t>
+          <t>G/MA/TAR/RS/232</t>
         </is>
       </c>
       <c r="C489" s="0"/>
       <c r="D489" s="0" t="inlineStr">
         <is>
-          <t>2011-03-16</t>
+          <t>2011-03-17</t>
         </is>
       </c>
       <c r="E489" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" s="0" t="inlineStr">
         <is>
-          <t>Angola</t>
+          <t>Antigua and Barbuda</t>
         </is>
       </c>
       <c r="B490" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/230</t>
+          <t>G/MA/TAR/RS/231</t>
         </is>
       </c>
       <c r="C490" s="0"/>
       <c r="D490" s="0" t="inlineStr">
         <is>
-          <t>2011-03-16</t>
+          <t>2011-03-17</t>
         </is>
       </c>
       <c r="E490" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" s="0" t="inlineStr">
         <is>
-          <t>Albania</t>
+          <t>Belize</t>
         </is>
       </c>
       <c r="B491" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/229</t>
+          <t>G/MA/TAR/RS/234</t>
         </is>
       </c>
       <c r="C491" s="0"/>
       <c r="D491" s="0" t="inlineStr">
         <is>
-          <t>2011-03-15</t>
+          <t>2011-03-16</t>
         </is>
       </c>
       <c r="E491" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Angola</t>
         </is>
       </c>
       <c r="B492" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/228</t>
+          <t>G/MA/TAR/RS/230</t>
         </is>
       </c>
       <c r="C492" s="0"/>
       <c r="D492" s="0" t="inlineStr">
         <is>
-          <t>2011-03-03</t>
+          <t>2011-03-16</t>
         </is>
       </c>
       <c r="E492" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" s="0" t="inlineStr">
         <is>
-          <t>Cuba</t>
+          <t>Albania</t>
         </is>
       </c>
       <c r="B493" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/226</t>
+          <t>G/MA/TAR/RS/229</t>
         </is>
       </c>
       <c r="C493" s="0"/>
       <c r="D493" s="0" t="inlineStr">
         <is>
-          <t>2010-12-15</t>
+          <t>2011-03-15</t>
         </is>
       </c>
       <c r="E493" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B494" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/225</t>
+          <t>G/MA/TAR/RS/228</t>
         </is>
       </c>
       <c r="C494" s="0"/>
       <c r="D494" s="0" t="inlineStr">
         <is>
-          <t>2010-11-29</t>
+          <t>2011-03-03</t>
         </is>
       </c>
       <c r="E494" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" s="0" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Cuba</t>
         </is>
       </c>
       <c r="B495" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/224</t>
+          <t>G/MA/TAR/RS/226</t>
         </is>
       </c>
       <c r="C495" s="0"/>
       <c r="D495" s="0" t="inlineStr">
         <is>
-          <t>2010-11-29</t>
+          <t>2010-12-15</t>
         </is>
       </c>
       <c r="E495" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" s="0" t="inlineStr">
         <is>
-          <t>Dominican Republic</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B496" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/218</t>
+          <t>G/MA/TAR/RS/225</t>
         </is>
       </c>
       <c r="C496" s="0"/>
       <c r="D496" s="0" t="inlineStr">
         <is>
-          <t>2010-11-18</t>
+          <t>2010-11-29</t>
         </is>
       </c>
       <c r="E496" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" s="0" t="inlineStr">
         <is>
-          <t>Costa Rica</t>
+          <t>Lesotho</t>
         </is>
       </c>
       <c r="B497" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/153</t>
+          <t>G/MA/TAR/RS/224</t>
         </is>
       </c>
       <c r="C497" s="0"/>
       <c r="D497" s="0" t="inlineStr">
         <is>
-          <t>2010-11-18</t>
+          <t>2010-11-29</t>
         </is>
       </c>
       <c r="E497" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>Dominican Republic</t>
         </is>
       </c>
       <c r="B498" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/223</t>
+          <t>G/MA/TAR/RS/218</t>
         </is>
       </c>
       <c r="C498" s="0"/>
       <c r="D498" s="0" t="inlineStr">
         <is>
-          <t>2010-11-17</t>
+          <t>2010-11-18</t>
         </is>
       </c>
       <c r="E498" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" s="0" t="inlineStr">
         <is>
-          <t>Guatemala</t>
+          <t>Costa Rica</t>
         </is>
       </c>
       <c r="B499" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/216</t>
+          <t>G/MA/TAR/RS/153</t>
         </is>
       </c>
       <c r="C499" s="0"/>
       <c r="D499" s="0" t="inlineStr">
         <is>
-          <t>2010-11-15</t>
+          <t>2010-11-18</t>
         </is>
       </c>
       <c r="E499" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" s="0" t="inlineStr">
         <is>
-          <t>Kuwait, the State of</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B500" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/222</t>
+          <t>G/MA/TAR/RS/223</t>
         </is>
       </c>
       <c r="C500" s="0"/>
       <c r="D500" s="0" t="inlineStr">
         <is>
-          <t>2010-10-19</t>
+          <t>2010-11-17</t>
         </is>
       </c>
       <c r="E500" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" s="0" t="inlineStr">
         <is>
-          <t>New Zealand</t>
+          <t>Guatemala</t>
         </is>
       </c>
       <c r="B501" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/221</t>
+          <t>G/MA/TAR/RS/216</t>
         </is>
       </c>
       <c r="C501" s="0"/>
       <c r="D501" s="0" t="inlineStr">
         <is>
-          <t>2010-10-11</t>
+          <t>2010-11-15</t>
         </is>
       </c>
       <c r="E501" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" s="0" t="inlineStr">
         <is>
-          <t>Dominican Republic</t>
+          <t>Kuwait, the State of</t>
         </is>
       </c>
       <c r="B502" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/219</t>
+          <t>G/MA/TAR/RS/222</t>
         </is>
       </c>
       <c r="C502" s="0"/>
       <c r="D502" s="0" t="inlineStr">
         <is>
-          <t>2010-10-11</t>
+          <t>2010-10-19</t>
         </is>
       </c>
       <c r="E502" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" s="0" t="inlineStr">
         <is>
-          <t>Zimbabwe</t>
+          <t>New Zealand</t>
         </is>
       </c>
       <c r="B503" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/215</t>
+          <t>G/MA/TAR/RS/221</t>
         </is>
       </c>
       <c r="C503" s="0"/>
       <c r="D503" s="0" t="inlineStr">
         <is>
-          <t>2010-06-23</t>
+          <t>2010-10-11</t>
         </is>
       </c>
       <c r="E503" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" s="0" t="inlineStr">
         <is>
-          <t>Zambia</t>
+          <t>Dominican Republic</t>
         </is>
       </c>
       <c r="B504" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/214</t>
+          <t>G/MA/TAR/RS/219</t>
         </is>
       </c>
       <c r="C504" s="0"/>
       <c r="D504" s="0" t="inlineStr">
         <is>
-          <t>2010-06-23</t>
+          <t>2010-10-11</t>
         </is>
       </c>
       <c r="E504" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" s="0" t="inlineStr">
         <is>
-          <t>United Arab Emirates</t>
+          <t>Zimbabwe</t>
         </is>
       </c>
       <c r="B505" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/213</t>
+          <t>G/MA/TAR/RS/215</t>
         </is>
       </c>
       <c r="C505" s="0"/>
       <c r="D505" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E505" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" s="0" t="inlineStr">
         <is>
-          <t>Uganda</t>
+          <t>Zambia</t>
         </is>
       </c>
       <c r="B506" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/212</t>
+          <t>G/MA/TAR/RS/214</t>
         </is>
       </c>
       <c r="C506" s="0"/>
       <c r="D506" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E506" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" s="0" t="inlineStr">
         <is>
-          <t>Trinidad and Tobago</t>
+          <t>United Arab Emirates</t>
         </is>
       </c>
       <c r="B507" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/211</t>
+          <t>G/MA/TAR/RS/213</t>
         </is>
       </c>
       <c r="C507" s="0"/>
       <c r="D507" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E507" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" s="0" t="inlineStr">
         <is>
-          <t>Togo</t>
+          <t>Uganda</t>
         </is>
       </c>
       <c r="B508" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/210</t>
+          <t>G/MA/TAR/RS/212</t>
         </is>
       </c>
       <c r="C508" s="0"/>
       <c r="D508" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E508" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" s="0" t="inlineStr">
         <is>
-          <t>Tanzania</t>
+          <t>Trinidad and Tobago</t>
         </is>
       </c>
       <c r="B509" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/209</t>
+          <t>G/MA/TAR/RS/211</t>
         </is>
       </c>
       <c r="C509" s="0"/>
       <c r="D509" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E509" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" s="0" t="inlineStr">
         <is>
-          <t>Eswatini</t>
+          <t>Togo</t>
         </is>
       </c>
       <c r="B510" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/208</t>
+          <t>G/MA/TAR/RS/210</t>
         </is>
       </c>
       <c r="C510" s="0"/>
       <c r="D510" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E510" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" s="0" t="inlineStr">
         <is>
-          <t>Suriname</t>
+          <t>Tanzania</t>
         </is>
       </c>
       <c r="B511" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/207</t>
+          <t>G/MA/TAR/RS/209</t>
         </is>
       </c>
       <c r="C511" s="0"/>
       <c r="D511" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E511" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Eswatini</t>
         </is>
       </c>
       <c r="B512" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/206</t>
+          <t>G/MA/TAR/RS/208</t>
         </is>
       </c>
       <c r="C512" s="0"/>
       <c r="D512" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E512" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" s="0" t="inlineStr">
         <is>
-          <t>Solomon Islands</t>
+          <t>Suriname</t>
         </is>
       </c>
       <c r="B513" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/205</t>
+          <t>G/MA/TAR/RS/207</t>
         </is>
       </c>
       <c r="C513" s="0"/>
       <c r="D513" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E513" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" s="0" t="inlineStr">
         <is>
-          <t>Sierra Leone</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B514" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/204</t>
+          <t>G/MA/TAR/RS/206</t>
         </is>
       </c>
       <c r="C514" s="0"/>
       <c r="D514" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E514" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" s="0" t="inlineStr">
         <is>
-          <t>Senegal</t>
+          <t>Solomon Islands</t>
         </is>
       </c>
       <c r="B515" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/203</t>
+          <t>G/MA/TAR/RS/205</t>
         </is>
       </c>
       <c r="C515" s="0"/>
       <c r="D515" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E515" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" s="0" t="inlineStr">
         <is>
-          <t>Saint Vincent and the Grenadines</t>
+          <t>Sierra Leone</t>
         </is>
       </c>
       <c r="B516" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/202</t>
+          <t>G/MA/TAR/RS/204</t>
         </is>
       </c>
       <c r="C516" s="0"/>
       <c r="D516" s="0" t="inlineStr">
         <is>
           <t>2010-06-23</t>
         </is>
       </c>
       <c r="E516" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" s="0" t="inlineStr">
         <is>
-          <t>Saint Lucia</t>
+          <t>Senegal</t>
         </is>
       </c>
       <c r="B517" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/201</t>
+          <t>G/MA/TAR/RS/203</t>
         </is>
       </c>
       <c r="C517" s="0"/>
       <c r="D517" s="0" t="inlineStr">
         <is>
-          <t>2010-06-21</t>
+          <t>2010-06-23</t>
         </is>
       </c>
       <c r="E517" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" s="0" t="inlineStr">
         <is>
-          <t>Saint Kitts and Nevis</t>
+          <t>Saint Vincent and the Grenadines</t>
         </is>
       </c>
       <c r="B518" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/200</t>
+          <t>G/MA/TAR/RS/202</t>
         </is>
       </c>
       <c r="C518" s="0"/>
       <c r="D518" s="0" t="inlineStr">
         <is>
-          <t>2010-06-21</t>
+          <t>2010-06-23</t>
         </is>
       </c>
       <c r="E518" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" s="0" t="inlineStr">
         <is>
-          <t>Rwanda</t>
+          <t>Saint Lucia</t>
         </is>
       </c>
       <c r="B519" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/199</t>
+          <t>G/MA/TAR/RS/201</t>
         </is>
       </c>
       <c r="C519" s="0"/>
       <c r="D519" s="0" t="inlineStr">
         <is>
           <t>2010-06-21</t>
         </is>
       </c>
       <c r="E519" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" s="0" t="inlineStr">
         <is>
-          <t>Peru</t>
+          <t>Saint Kitts and Nevis</t>
         </is>
       </c>
       <c r="B520" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/198</t>
+          <t>G/MA/TAR/RS/200</t>
         </is>
       </c>
       <c r="C520" s="0"/>
       <c r="D520" s="0" t="inlineStr">
         <is>
           <t>2010-06-21</t>
         </is>
       </c>
       <c r="E520" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" s="0" t="inlineStr">
         <is>
-          <t>Papua New Guinea</t>
+          <t>Rwanda</t>
         </is>
       </c>
       <c r="B521" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/197</t>
+          <t>G/MA/TAR/RS/199</t>
         </is>
       </c>
       <c r="C521" s="0"/>
       <c r="D521" s="0" t="inlineStr">
         <is>
           <t>2010-06-21</t>
         </is>
       </c>
       <c r="E521" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" s="0" t="inlineStr">
         <is>
-          <t>Nigeria</t>
+          <t>Peru</t>
         </is>
       </c>
       <c r="B522" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/196</t>
+          <t>G/MA/TAR/RS/198</t>
         </is>
       </c>
       <c r="C522" s="0"/>
       <c r="D522" s="0" t="inlineStr">
         <is>
-          <t>2010-06-18</t>
+          <t>2010-06-21</t>
         </is>
       </c>
       <c r="E522" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" s="0" t="inlineStr">
         <is>
-          <t>Niger</t>
+          <t>Papua New Guinea</t>
         </is>
       </c>
       <c r="B523" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/195</t>
+          <t>G/MA/TAR/RS/197</t>
         </is>
       </c>
       <c r="C523" s="0"/>
       <c r="D523" s="0" t="inlineStr">
         <is>
-          <t>2010-06-18</t>
+          <t>2010-06-21</t>
         </is>
       </c>
       <c r="E523" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" s="0" t="inlineStr">
         <is>
-          <t>Namibia</t>
+          <t>Nigeria</t>
         </is>
       </c>
       <c r="B524" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/194</t>
+          <t>G/MA/TAR/RS/196</t>
         </is>
       </c>
       <c r="C524" s="0"/>
       <c r="D524" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E524" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" s="0" t="inlineStr">
         <is>
-          <t>Myanmar</t>
+          <t>Niger</t>
         </is>
       </c>
       <c r="B525" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/193</t>
+          <t>G/MA/TAR/RS/195</t>
         </is>
       </c>
       <c r="C525" s="0"/>
       <c r="D525" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E525" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" s="0" t="inlineStr">
         <is>
-          <t>Mozambique</t>
+          <t>Namibia</t>
         </is>
       </c>
       <c r="B526" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/192</t>
+          <t>G/MA/TAR/RS/194</t>
         </is>
       </c>
       <c r="C526" s="0"/>
       <c r="D526" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E526" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" s="0" t="inlineStr">
         <is>
-          <t>Mauritania</t>
+          <t>Myanmar</t>
         </is>
       </c>
       <c r="B527" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/191</t>
+          <t>G/MA/TAR/RS/193</t>
         </is>
       </c>
       <c r="C527" s="0"/>
       <c r="D527" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E527" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" s="0" t="inlineStr">
         <is>
-          <t>Dominica</t>
+          <t>Mozambique</t>
         </is>
       </c>
       <c r="B528" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/173</t>
+          <t>G/MA/TAR/RS/192</t>
         </is>
       </c>
       <c r="C528" s="0"/>
       <c r="D528" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E528" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" s="0" t="inlineStr">
         <is>
-          <t>Cote d'Ivoire</t>
+          <t>Mauritania</t>
         </is>
       </c>
       <c r="B529" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/171</t>
+          <t>G/MA/TAR/RS/191</t>
         </is>
       </c>
       <c r="C529" s="0"/>
       <c r="D529" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E529" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" s="0" t="inlineStr">
         <is>
-          <t>Chile</t>
+          <t>Dominica</t>
         </is>
       </c>
       <c r="B530" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/168</t>
+          <t>G/MA/TAR/RS/173</t>
         </is>
       </c>
       <c r="C530" s="0"/>
       <c r="D530" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E530" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" s="0" t="inlineStr">
         <is>
-          <t>Cameroon</t>
+          <t>Cote d'Ivoire</t>
         </is>
       </c>
       <c r="B531" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/165</t>
+          <t>G/MA/TAR/RS/171</t>
         </is>
       </c>
       <c r="C531" s="0"/>
       <c r="D531" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E531" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" s="0" t="inlineStr">
         <is>
-          <t>Burundi</t>
+          <t>Chile</t>
         </is>
       </c>
       <c r="B532" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/164</t>
+          <t>G/MA/TAR/RS/168</t>
         </is>
       </c>
       <c r="C532" s="0"/>
       <c r="D532" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E532" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" s="0" t="inlineStr">
         <is>
-          <t>Burkina Faso</t>
+          <t>Cameroon</t>
         </is>
       </c>
       <c r="B533" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/163</t>
+          <t>G/MA/TAR/RS/165</t>
         </is>
       </c>
       <c r="C533" s="0"/>
       <c r="D533" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E533" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" s="0" t="inlineStr">
         <is>
-          <t>Botswana</t>
+          <t>Burundi</t>
         </is>
       </c>
       <c r="B534" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/162</t>
+          <t>G/MA/TAR/RS/164</t>
         </is>
       </c>
       <c r="C534" s="0"/>
       <c r="D534" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E534" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" s="0" t="inlineStr">
         <is>
-          <t>Benin</t>
+          <t>Burkina Faso</t>
         </is>
       </c>
       <c r="B535" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/161</t>
+          <t>G/MA/TAR/RS/163</t>
         </is>
       </c>
       <c r="C535" s="0"/>
       <c r="D535" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E535" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" s="0" t="inlineStr">
         <is>
-          <t>Belize</t>
+          <t>Botswana</t>
         </is>
       </c>
       <c r="B536" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/160</t>
+          <t>G/MA/TAR/RS/162</t>
         </is>
       </c>
       <c r="C536" s="0"/>
       <c r="D536" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E536" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>Benin</t>
         </is>
       </c>
       <c r="B537" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/158</t>
+          <t>G/MA/TAR/RS/161</t>
         </is>
       </c>
       <c r="C537" s="0"/>
       <c r="D537" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E537" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="0" t="inlineStr">
         <is>
-          <t>Antigua and Barbuda</t>
+          <t>Belize</t>
         </is>
       </c>
       <c r="B538" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/157</t>
+          <t>G/MA/TAR/RS/160</t>
         </is>
       </c>
       <c r="C538" s="0"/>
       <c r="D538" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E538" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" s="0" t="inlineStr">
         <is>
-          <t>Angola</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B539" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/156</t>
+          <t>G/MA/TAR/RS/158</t>
         </is>
       </c>
       <c r="C539" s="0"/>
       <c r="D539" s="0" t="inlineStr">
         <is>
           <t>2010-06-18</t>
         </is>
       </c>
       <c r="E539" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" s="0" t="inlineStr">
         <is>
-          <t>Mali</t>
+          <t>Antigua and Barbuda</t>
         </is>
       </c>
       <c r="B540" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/190</t>
+          <t>G/MA/TAR/RS/157</t>
         </is>
       </c>
       <c r="C540" s="0"/>
       <c r="D540" s="0" t="inlineStr">
         <is>
-          <t>2010-06-17</t>
+          <t>2010-06-18</t>
         </is>
       </c>
       <c r="E540" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" s="0" t="inlineStr">
         <is>
-          <t>Maldives</t>
+          <t>Angola</t>
         </is>
       </c>
       <c r="B541" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/189</t>
+          <t>G/MA/TAR/RS/156</t>
         </is>
       </c>
       <c r="C541" s="0"/>
       <c r="D541" s="0" t="inlineStr">
         <is>
-          <t>2010-06-17</t>
+          <t>2010-06-18</t>
         </is>
       </c>
       <c r="E541" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" s="0" t="inlineStr">
         <is>
-          <t>Malawi</t>
+          <t>Mali</t>
         </is>
       </c>
       <c r="B542" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/188</t>
+          <t>G/MA/TAR/RS/190</t>
         </is>
       </c>
       <c r="C542" s="0"/>
       <c r="D542" s="0" t="inlineStr">
         <is>
           <t>2010-06-17</t>
         </is>
       </c>
       <c r="E542" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" s="0" t="inlineStr">
         <is>
-          <t>Madagascar</t>
+          <t>Maldives</t>
         </is>
       </c>
       <c r="B543" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/187</t>
+          <t>G/MA/TAR/RS/189</t>
         </is>
       </c>
       <c r="C543" s="0"/>
       <c r="D543" s="0" t="inlineStr">
         <is>
           <t>2010-06-17</t>
         </is>
       </c>
       <c r="E543" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" s="0" t="inlineStr">
         <is>
-          <t>Lesotho</t>
+          <t>Malawi</t>
         </is>
       </c>
       <c r="B544" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/186</t>
+          <t>G/MA/TAR/RS/188</t>
         </is>
       </c>
       <c r="C544" s="0"/>
       <c r="D544" s="0" t="inlineStr">
         <is>
           <t>2010-06-17</t>
         </is>
       </c>
       <c r="E544" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" s="0" t="inlineStr">
         <is>
-          <t>Kuwait, the State of</t>
+          <t>Madagascar</t>
         </is>
       </c>
       <c r="B545" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/185</t>
+          <t>G/MA/TAR/RS/187</t>
         </is>
       </c>
       <c r="C545" s="0"/>
       <c r="D545" s="0" t="inlineStr">
         <is>
           <t>2010-06-17</t>
         </is>
       </c>
       <c r="E545" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" s="0" t="inlineStr">
         <is>
-          <t>Kenya</t>
+          <t>Lesotho</t>
         </is>
       </c>
       <c r="B546" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/184</t>
+          <t>G/MA/TAR/RS/186</t>
         </is>
       </c>
       <c r="C546" s="0"/>
       <c r="D546" s="0" t="inlineStr">
         <is>
           <t>2010-06-17</t>
         </is>
       </c>
       <c r="E546" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" s="0" t="inlineStr">
         <is>
-          <t>Jamaica</t>
+          <t>Kuwait, the State of</t>
         </is>
       </c>
       <c r="B547" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/183</t>
+          <t>G/MA/TAR/RS/185</t>
         </is>
       </c>
       <c r="C547" s="0"/>
       <c r="D547" s="0" t="inlineStr">
         <is>
           <t>2010-06-17</t>
         </is>
       </c>
       <c r="E547" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" s="0" t="inlineStr">
         <is>
-          <t>Haiti</t>
+          <t>Kenya</t>
         </is>
       </c>
       <c r="B548" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/182</t>
+          <t>G/MA/TAR/RS/184</t>
         </is>
       </c>
       <c r="C548" s="0"/>
       <c r="D548" s="0" t="inlineStr">
         <is>
-          <t>2010-06-16</t>
+          <t>2010-06-17</t>
         </is>
       </c>
       <c r="E548" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" s="0" t="inlineStr">
         <is>
-          <t>Guyana</t>
+          <t>Jamaica</t>
         </is>
       </c>
       <c r="B549" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/181</t>
+          <t>G/MA/TAR/RS/183</t>
         </is>
       </c>
       <c r="C549" s="0"/>
       <c r="D549" s="0" t="inlineStr">
         <is>
-          <t>2010-06-16</t>
+          <t>2010-06-17</t>
         </is>
       </c>
       <c r="E549" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" s="0" t="inlineStr">
         <is>
-          <t>Guinea-Bissau</t>
+          <t>Haiti</t>
         </is>
       </c>
       <c r="B550" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/180</t>
+          <t>G/MA/TAR/RS/182</t>
         </is>
       </c>
       <c r="C550" s="0"/>
       <c r="D550" s="0" t="inlineStr">
         <is>
           <t>2010-06-16</t>
         </is>
       </c>
       <c r="E550" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" s="0" t="inlineStr">
         <is>
-          <t>Grenada</t>
+          <t>Guyana</t>
         </is>
       </c>
       <c r="B551" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/178</t>
+          <t>G/MA/TAR/RS/181</t>
         </is>
       </c>
       <c r="C551" s="0"/>
       <c r="D551" s="0" t="inlineStr">
         <is>
           <t>2010-06-16</t>
         </is>
       </c>
       <c r="E551" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" s="0" t="inlineStr">
         <is>
-          <t>Guinea</t>
+          <t>Guinea-Bissau</t>
         </is>
       </c>
       <c r="B552" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/179</t>
+          <t>G/MA/TAR/RS/180</t>
         </is>
       </c>
       <c r="C552" s="0"/>
       <c r="D552" s="0" t="inlineStr">
         <is>
-          <t>2010-06-15</t>
+          <t>2010-06-16</t>
         </is>
       </c>
       <c r="E552" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" s="0" t="inlineStr">
         <is>
-          <t>Ghana</t>
+          <t>Grenada</t>
         </is>
       </c>
       <c r="B553" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/177</t>
+          <t>G/MA/TAR/RS/178</t>
         </is>
       </c>
       <c r="C553" s="0"/>
       <c r="D553" s="0" t="inlineStr">
         <is>
-          <t>2010-06-15</t>
+          <t>2010-06-16</t>
         </is>
       </c>
       <c r="E553" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" s="0" t="inlineStr">
         <is>
-          <t>Gambia, The</t>
+          <t>Guinea</t>
         </is>
       </c>
       <c r="B554" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/176</t>
+          <t>G/MA/TAR/RS/179</t>
         </is>
       </c>
       <c r="C554" s="0"/>
       <c r="D554" s="0" t="inlineStr">
         <is>
           <t>2010-06-15</t>
         </is>
       </c>
       <c r="E554" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" s="0" t="inlineStr">
         <is>
-          <t>Gabon</t>
+          <t>Ghana</t>
         </is>
       </c>
       <c r="B555" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/175</t>
+          <t>G/MA/TAR/RS/177</t>
         </is>
       </c>
       <c r="C555" s="0"/>
       <c r="D555" s="0" t="inlineStr">
         <is>
           <t>2010-06-15</t>
         </is>
       </c>
       <c r="E555" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" s="0" t="inlineStr">
         <is>
-          <t>Fiji</t>
+          <t>Gambia, The</t>
         </is>
       </c>
       <c r="B556" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/174</t>
+          <t>G/MA/TAR/RS/176</t>
         </is>
       </c>
       <c r="C556" s="0"/>
       <c r="D556" s="0" t="inlineStr">
         <is>
           <t>2010-06-15</t>
         </is>
       </c>
       <c r="E556" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" s="0" t="inlineStr">
         <is>
-          <t>Central African Republic</t>
+          <t>Gabon</t>
         </is>
       </c>
       <c r="B557" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/166</t>
+          <t>G/MA/TAR/RS/175</t>
         </is>
       </c>
       <c r="C557" s="0"/>
       <c r="D557" s="0" t="inlineStr">
         <is>
           <t>2010-06-15</t>
         </is>
       </c>
       <c r="E557" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" s="0" t="inlineStr">
         <is>
-          <t>Djibouti</t>
+          <t>Fiji</t>
         </is>
       </c>
       <c r="B558" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/172</t>
+          <t>G/MA/TAR/RS/174</t>
         </is>
       </c>
       <c r="C558" s="0"/>
       <c r="D558" s="0" t="inlineStr">
         <is>
-          <t>2010-06-14</t>
+          <t>2010-06-15</t>
         </is>
       </c>
       <c r="E558" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" s="0" t="inlineStr">
         <is>
-          <t>Democratic Republic of the Congo</t>
+          <t>Central African Republic</t>
         </is>
       </c>
       <c r="B559" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/170</t>
+          <t>G/MA/TAR/RS/166</t>
         </is>
       </c>
       <c r="C559" s="0"/>
       <c r="D559" s="0" t="inlineStr">
         <is>
-          <t>2010-06-14</t>
+          <t>2010-06-15</t>
         </is>
       </c>
       <c r="E559" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" s="0" t="inlineStr">
         <is>
-          <t>Congo</t>
+          <t>Djibouti</t>
         </is>
       </c>
       <c r="B560" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/169</t>
+          <t>G/MA/TAR/RS/172</t>
         </is>
       </c>
       <c r="C560" s="0"/>
       <c r="D560" s="0" t="inlineStr">
         <is>
           <t>2010-06-14</t>
         </is>
       </c>
       <c r="E560" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" s="0" t="inlineStr">
         <is>
-          <t>Chad</t>
+          <t>Democratic Republic of the Congo</t>
         </is>
       </c>
       <c r="B561" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/167</t>
+          <t>G/MA/TAR/RS/170</t>
         </is>
       </c>
       <c r="C561" s="0"/>
       <c r="D561" s="0" t="inlineStr">
         <is>
-          <t>2010-06-11</t>
+          <t>2010-06-14</t>
         </is>
       </c>
       <c r="E561" s="0" t="inlineStr">
         <is>
           <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Congo</t>
         </is>
       </c>
       <c r="B562" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/155</t>
+          <t>G/MA/TAR/RS/169</t>
         </is>
       </c>
       <c r="C562" s="0"/>
       <c r="D562" s="0" t="inlineStr">
         <is>
-          <t>2010-04-15</t>
+          <t>2010-06-14</t>
         </is>
       </c>
       <c r="E562" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" s="0" t="inlineStr">
         <is>
-          <t>Australia</t>
+          <t>Chad</t>
         </is>
       </c>
       <c r="B563" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/154</t>
+          <t>G/MA/TAR/RS/167</t>
         </is>
       </c>
       <c r="C563" s="0"/>
       <c r="D563" s="0" t="inlineStr">
         <is>
-          <t>2010-02-12</t>
+          <t>2010-06-11</t>
         </is>
       </c>
       <c r="E563" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" s="0" t="inlineStr">
         <is>
-          <t>Morocco</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B564" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/152</t>
+          <t>G/MA/TAR/RS/155</t>
         </is>
       </c>
       <c r="C564" s="0"/>
       <c r="D564" s="0" t="inlineStr">
         <is>
-          <t>2009-11-17</t>
+          <t>2010-04-15</t>
         </is>
       </c>
       <c r="E564" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Australia</t>
         </is>
       </c>
       <c r="B565" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/151</t>
+          <t>G/MA/TAR/RS/154</t>
         </is>
       </c>
       <c r="C565" s="0"/>
       <c r="D565" s="0" t="inlineStr">
         <is>
-          <t>2009-06-10</t>
+          <t>2010-02-12</t>
         </is>
       </c>
       <c r="E565" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" s="0" t="inlineStr">
         <is>
-          <t>Moldova, Republic of</t>
+          <t>Morocco</t>
         </is>
       </c>
       <c r="B566" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/150</t>
+          <t>G/MA/TAR/RS/152</t>
         </is>
       </c>
       <c r="C566" s="0"/>
       <c r="D566" s="0" t="inlineStr">
         <is>
-          <t>2009-05-15</t>
+          <t>2009-11-17</t>
         </is>
       </c>
       <c r="E566" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" s="0" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B567" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/149</t>
+          <t>G/MA/TAR/RS/151</t>
         </is>
       </c>
       <c r="C567" s="0"/>
       <c r="D567" s="0" t="inlineStr">
         <is>
-          <t>2009-05-12</t>
+          <t>2009-06-10</t>
         </is>
       </c>
       <c r="E567" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Moldova, Republic of</t>
         </is>
       </c>
       <c r="B568" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/148</t>
+          <t>G/MA/TAR/RS/150</t>
         </is>
       </c>
       <c r="C568" s="0"/>
       <c r="D568" s="0" t="inlineStr">
         <is>
-          <t>2009-05-07</t>
+          <t>2009-05-15</t>
         </is>
       </c>
       <c r="E568" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" s="0" t="inlineStr">
         <is>
-          <t>Nicaragua</t>
+          <t>Pakistan</t>
         </is>
       </c>
       <c r="B569" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/147</t>
+          <t>G/MA/TAR/RS/149</t>
         </is>
       </c>
       <c r="C569" s="0"/>
       <c r="D569" s="0" t="inlineStr">
         <is>
-          <t>2009-02-03</t>
+          <t>2009-05-12</t>
         </is>
       </c>
       <c r="E569" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" s="0" t="inlineStr">
         <is>
-          <t>Peru</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B570" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/146</t>
+          <t>G/MA/TAR/RS/148</t>
         </is>
       </c>
       <c r="C570" s="0"/>
       <c r="D570" s="0" t="inlineStr">
         <is>
-          <t>2008-11-18</t>
+          <t>2009-05-07</t>
         </is>
       </c>
       <c r="E570" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Nicaragua</t>
         </is>
       </c>
       <c r="B571" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/145</t>
+          <t>G/MA/TAR/RS/147</t>
         </is>
       </c>
       <c r="C571" s="0"/>
       <c r="D571" s="0" t="inlineStr">
         <is>
-          <t>2008-08-29</t>
+          <t>2009-02-03</t>
         </is>
       </c>
       <c r="E571" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Peru</t>
         </is>
       </c>
       <c r="B572" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/144</t>
+          <t>G/MA/TAR/RS/146</t>
         </is>
       </c>
       <c r="C572" s="0"/>
       <c r="D572" s="0" t="inlineStr">
         <is>
-          <t>2008-07-09</t>
+          <t>2008-11-18</t>
         </is>
       </c>
       <c r="E572" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B573" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/142</t>
+          <t>G/MA/TAR/RS/145</t>
         </is>
       </c>
       <c r="C573" s="0"/>
       <c r="D573" s="0" t="inlineStr">
         <is>
-          <t>2008-06-18</t>
+          <t>2008-08-29</t>
         </is>
       </c>
       <c r="E573" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B574" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/143</t>
+          <t>G/MA/TAR/RS/144</t>
         </is>
       </c>
       <c r="C574" s="0"/>
       <c r="D574" s="0" t="inlineStr">
         <is>
-          <t>2008-06-17</t>
+          <t>2008-07-09</t>
         </is>
       </c>
       <c r="E574" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" s="0" t="inlineStr">
         <is>
-          <t>Nigeria</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B575" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/141</t>
+          <t>G/MA/TAR/RS/142</t>
         </is>
       </c>
       <c r="C575" s="0"/>
       <c r="D575" s="0" t="inlineStr">
         <is>
-          <t>2008-04-11</t>
+          <t>2008-06-18</t>
         </is>
       </c>
       <c r="E575" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" s="0" t="inlineStr">
         <is>
-          <t>Kuwait, the State of</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B576" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/140</t>
+          <t>G/MA/TAR/RS/143</t>
         </is>
       </c>
       <c r="C576" s="0"/>
       <c r="D576" s="0" t="inlineStr">
         <is>
-          <t>2008-04-11</t>
+          <t>2008-06-17</t>
         </is>
       </c>
       <c r="E576" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" s="0" t="inlineStr">
         <is>
-          <t>Dominica</t>
+          <t>Nigeria</t>
         </is>
       </c>
       <c r="B577" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/139</t>
+          <t>G/MA/TAR/RS/141</t>
         </is>
       </c>
       <c r="C577" s="0"/>
       <c r="D577" s="0" t="inlineStr">
         <is>
-          <t>2008-03-12</t>
+          <t>2008-04-11</t>
         </is>
       </c>
       <c r="E577" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Kuwait, the State of</t>
         </is>
       </c>
       <c r="B578" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/136</t>
+          <t>G/MA/TAR/RS/140</t>
         </is>
       </c>
       <c r="C578" s="0"/>
       <c r="D578" s="0" t="inlineStr">
         <is>
-          <t>2008-01-14</t>
+          <t>2008-04-11</t>
         </is>
       </c>
       <c r="E578" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Dominica</t>
         </is>
       </c>
       <c r="B579" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/138</t>
+          <t>G/MA/TAR/RS/139</t>
         </is>
       </c>
       <c r="C579" s="0"/>
       <c r="D579" s="0" t="inlineStr">
         <is>
-          <t>2007-11-29</t>
+          <t>2008-03-12</t>
         </is>
       </c>
       <c r="E579" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B580" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/137</t>
+          <t>G/MA/TAR/RS/136</t>
         </is>
       </c>
       <c r="C580" s="0"/>
       <c r="D580" s="0" t="inlineStr">
         <is>
-          <t>2007-11-20</t>
+          <t>2008-01-14</t>
         </is>
       </c>
       <c r="E580" s="0" t="inlineStr">
         <is>
           <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" s="0" t="inlineStr">
         <is>
-          <t>Rwanda</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B581" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/135</t>
+          <t>G/MA/TAR/RS/138</t>
         </is>
       </c>
       <c r="C581" s="0"/>
       <c r="D581" s="0" t="inlineStr">
         <is>
-          <t>2007-10-22</t>
+          <t>2007-11-29</t>
         </is>
       </c>
       <c r="E581" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" s="0" t="inlineStr">
         <is>
-          <t>Fiji</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B582" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/134</t>
+          <t>G/MA/TAR/RS/137</t>
         </is>
       </c>
       <c r="C582" s="0"/>
       <c r="D582" s="0" t="inlineStr">
         <is>
-          <t>2007-08-22</t>
+          <t>2007-11-20</t>
         </is>
       </c>
       <c r="E582" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" s="0" t="inlineStr">
         <is>
-          <t>Kyrgyz Republic</t>
+          <t>Rwanda</t>
         </is>
       </c>
       <c r="B583" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/133</t>
+          <t>G/MA/TAR/RS/135</t>
         </is>
       </c>
       <c r="C583" s="0"/>
       <c r="D583" s="0" t="inlineStr">
         <is>
-          <t>2007-08-21</t>
+          <t>2007-10-22</t>
         </is>
       </c>
       <c r="E583" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" s="0" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>Fiji</t>
         </is>
       </c>
       <c r="B584" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/132</t>
+          <t>G/MA/TAR/RS/134</t>
         </is>
       </c>
       <c r="C584" s="0"/>
       <c r="D584" s="0" t="inlineStr">
         <is>
-          <t>2007-08-21</t>
+          <t>2007-08-22</t>
         </is>
       </c>
       <c r="E584" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" s="0" t="inlineStr">
         <is>
-          <t>Saint Lucia</t>
+          <t>Kyrgyz Republic</t>
         </is>
       </c>
       <c r="B585" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/131</t>
+          <t>G/MA/TAR/RS/133</t>
         </is>
       </c>
       <c r="C585" s="0"/>
       <c r="D585" s="0" t="inlineStr">
         <is>
           <t>2007-08-21</t>
         </is>
       </c>
       <c r="E585" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" s="0" t="inlineStr">
         <is>
-          <t>Zambia</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B586" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/130</t>
+          <t>G/MA/TAR/RS/132</t>
         </is>
       </c>
       <c r="C586" s="0"/>
       <c r="D586" s="0" t="inlineStr">
         <is>
-          <t>2007-08-20</t>
+          <t>2007-08-21</t>
         </is>
       </c>
       <c r="E586" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" s="0" t="inlineStr">
         <is>
-          <t>Georgia</t>
+          <t>Saint Lucia</t>
         </is>
       </c>
       <c r="B587" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/129</t>
+          <t>G/MA/TAR/RS/131</t>
         </is>
       </c>
       <c r="C587" s="0"/>
       <c r="D587" s="0" t="inlineStr">
         <is>
-          <t>2007-08-20</t>
+          <t>2007-08-21</t>
         </is>
       </c>
       <c r="E587" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" s="0" t="inlineStr">
         <is>
-          <t>Brunei Darussalam</t>
+          <t>Zambia</t>
         </is>
       </c>
       <c r="B588" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/128</t>
+          <t>G/MA/TAR/RS/130</t>
         </is>
       </c>
       <c r="C588" s="0"/>
       <c r="D588" s="0" t="inlineStr">
         <is>
           <t>2007-08-20</t>
         </is>
       </c>
       <c r="E588" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" s="0" t="inlineStr">
         <is>
-          <t>Armenia</t>
+          <t>Georgia</t>
         </is>
       </c>
       <c r="B589" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/127</t>
+          <t>G/MA/TAR/RS/129</t>
         </is>
       </c>
       <c r="C589" s="0"/>
       <c r="D589" s="0" t="inlineStr">
         <is>
           <t>2007-08-20</t>
         </is>
       </c>
       <c r="E589" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" s="0" t="inlineStr">
         <is>
-          <t>Jordan</t>
+          <t>Brunei Darussalam</t>
         </is>
       </c>
       <c r="B590" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/115</t>
+          <t>G/MA/TAR/RS/128</t>
         </is>
       </c>
       <c r="C590" s="0"/>
       <c r="D590" s="0" t="inlineStr">
         <is>
-          <t>2007-08-01</t>
+          <t>2007-08-20</t>
         </is>
       </c>
       <c r="E590" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" s="0" t="inlineStr">
         <is>
-          <t>United Arab Emirates</t>
+          <t>Armenia</t>
         </is>
       </c>
       <c r="B591" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/118</t>
+          <t>G/MA/TAR/RS/127</t>
         </is>
       </c>
       <c r="C591" s="0"/>
       <c r="D591" s="0" t="inlineStr">
         <is>
-          <t>2007-07-31</t>
+          <t>2007-08-20</t>
         </is>
       </c>
       <c r="E591" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Jordan</t>
         </is>
       </c>
       <c r="B592" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/116</t>
+          <t>G/MA/TAR/RS/115</t>
         </is>
       </c>
       <c r="C592" s="0"/>
       <c r="D592" s="0" t="inlineStr">
         <is>
-          <t>2007-07-27</t>
+          <t>2007-08-01</t>
         </is>
       </c>
       <c r="E592" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>United Arab Emirates</t>
         </is>
       </c>
       <c r="B593" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/126</t>
+          <t>G/MA/TAR/RS/118</t>
         </is>
       </c>
       <c r="C593" s="0"/>
       <c r="D593" s="0" t="inlineStr">
         <is>
-          <t>2007-07-25</t>
+          <t>2007-07-31</t>
         </is>
       </c>
       <c r="E593" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B594" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/125</t>
+          <t>G/MA/TAR/RS/116</t>
         </is>
       </c>
       <c r="C594" s="0"/>
       <c r="D594" s="0" t="inlineStr">
         <is>
-          <t>2007-07-25</t>
+          <t>2007-07-27</t>
         </is>
       </c>
       <c r="E594" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B595" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/124</t>
+          <t>G/MA/TAR/RS/126</t>
         </is>
       </c>
       <c r="C595" s="0"/>
       <c r="D595" s="0" t="inlineStr">
         <is>
-          <t>2007-07-13</t>
+          <t>2007-07-25</t>
         </is>
       </c>
       <c r="E595" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>South Africa</t>
         </is>
       </c>
       <c r="B596" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/123</t>
+          <t>G/MA/TAR/RS/125</t>
         </is>
       </c>
       <c r="C596" s="0"/>
       <c r="D596" s="0" t="inlineStr">
         <is>
-          <t>2007-05-25</t>
+          <t>2007-07-25</t>
         </is>
       </c>
       <c r="E596" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" s="0" t="inlineStr">
         <is>
-          <t>Oman</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B597" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/122</t>
+          <t>G/MA/TAR/RS/124</t>
         </is>
       </c>
       <c r="C597" s="0"/>
       <c r="D597" s="0" t="inlineStr">
         <is>
-          <t>2007-05-02</t>
+          <t>2007-07-13</t>
         </is>
       </c>
       <c r="E597" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" s="0" t="inlineStr">
         <is>
-          <t>Mongolia</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B598" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/121</t>
+          <t>G/MA/TAR/RS/123</t>
         </is>
       </c>
       <c r="C598" s="0"/>
       <c r="D598" s="0" t="inlineStr">
         <is>
-          <t>2007-05-01</t>
+          <t>2007-05-25</t>
         </is>
       </c>
       <c r="E598" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>Oman</t>
         </is>
       </c>
       <c r="B599" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/120</t>
+          <t>G/MA/TAR/RS/122</t>
         </is>
       </c>
       <c r="C599" s="0"/>
       <c r="D599" s="0" t="inlineStr">
         <is>
-          <t>2007-05-01</t>
+          <t>2007-05-02</t>
         </is>
       </c>
       <c r="E599" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" s="0" t="inlineStr">
         <is>
-          <t>Cambodia</t>
+          <t>Mongolia</t>
         </is>
       </c>
       <c r="B600" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/119</t>
+          <t>G/MA/TAR/RS/121</t>
         </is>
       </c>
       <c r="C600" s="0"/>
       <c r="D600" s="0" t="inlineStr">
         <is>
           <t>2007-05-01</t>
         </is>
       </c>
       <c r="E600" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B601" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/88</t>
+          <t>G/MA/TAR/RS/120</t>
         </is>
       </c>
       <c r="C601" s="0"/>
       <c r="D601" s="0" t="inlineStr">
         <is>
-          <t>2007-03-16</t>
+          <t>2007-05-01</t>
         </is>
       </c>
       <c r="E601" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" s="0" t="inlineStr">
         <is>
-          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
+          <t>Cambodia</t>
         </is>
       </c>
       <c r="B602" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/113</t>
+          <t>G/MA/TAR/RS/119</t>
         </is>
       </c>
       <c r="C602" s="0"/>
       <c r="D602" s="0" t="inlineStr">
         <is>
-          <t>2007-03-13</t>
+          <t>2007-05-01</t>
         </is>
       </c>
       <c r="E602" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" s="0" t="inlineStr">
         <is>
-          <t>Chile</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B603" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/117</t>
+          <t>G/MA/TAR/RS/88</t>
         </is>
       </c>
       <c r="C603" s="0"/>
       <c r="D603" s="0" t="inlineStr">
         <is>
-          <t>2007-03-01</t>
+          <t>2007-03-16</t>
         </is>
       </c>
       <c r="E603" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>The Separate Customs Territory of Taiwan, Penghu, Kinmen and Matsu (Chinese Taipei)</t>
         </is>
       </c>
       <c r="B604" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/114</t>
+          <t>G/MA/TAR/RS/113</t>
         </is>
       </c>
       <c r="C604" s="0"/>
       <c r="D604" s="0" t="inlineStr">
         <is>
-          <t>2006-12-14</t>
+          <t>2007-03-13</t>
         </is>
       </c>
       <c r="E604" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Chile</t>
         </is>
       </c>
       <c r="B605" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/112</t>
+          <t>G/MA/TAR/RS/117</t>
         </is>
       </c>
       <c r="C605" s="0"/>
       <c r="D605" s="0" t="inlineStr">
         <is>
-          <t>2006-11-23</t>
+          <t>2007-03-01</t>
         </is>
       </c>
       <c r="E605" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B606" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/112</t>
+          <t>G/MA/TAR/RS/114</t>
         </is>
       </c>
       <c r="C606" s="0"/>
       <c r="D606" s="0" t="inlineStr">
         <is>
-          <t>2006-11-23</t>
+          <t>2006-12-14</t>
         </is>
       </c>
       <c r="E606" s="0" t="inlineStr">
         <is>
-          <t>HS2002</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B607" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/108</t>
+          <t>G/MA/TAR/RS/112</t>
         </is>
       </c>
       <c r="C607" s="0"/>
       <c r="D607" s="0" t="inlineStr">
         <is>
-          <t>2006-10-31</t>
+          <t>2006-11-23</t>
         </is>
       </c>
       <c r="E607" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B608" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/111</t>
+          <t>G/MA/TAR/RS/112</t>
         </is>
       </c>
       <c r="C608" s="0"/>
       <c r="D608" s="0" t="inlineStr">
         <is>
-          <t>2006-10-13</t>
+          <t>2006-11-23</t>
         </is>
       </c>
       <c r="E608" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" s="0" t="inlineStr">
         <is>
-          <t>Jamaica</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B609" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/110</t>
+          <t>G/MA/TAR/RS/108</t>
         </is>
       </c>
       <c r="C609" s="0"/>
       <c r="D609" s="0" t="inlineStr">
         <is>
-          <t>2006-10-13</t>
+          <t>2006-10-31</t>
         </is>
       </c>
       <c r="E609" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" s="0" t="inlineStr">
         <is>
-          <t>Qatar</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B610" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/109</t>
+          <t>G/MA/TAR/RS/111</t>
         </is>
       </c>
       <c r="C610" s="0"/>
       <c r="D610" s="0" t="inlineStr">
         <is>
           <t>2006-10-13</t>
         </is>
       </c>
       <c r="E610" s="0" t="inlineStr">
         <is>
           <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Jamaica</t>
         </is>
       </c>
       <c r="B611" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/99</t>
+          <t>G/MA/TAR/RS/110</t>
         </is>
       </c>
       <c r="C611" s="0"/>
       <c r="D611" s="0" t="inlineStr">
         <is>
-          <t>2006-09-27</t>
+          <t>2006-10-13</t>
         </is>
       </c>
       <c r="E611" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" s="0" t="inlineStr">
         <is>
-          <t>Dominican Republic</t>
+          <t>Qatar</t>
         </is>
       </c>
       <c r="B612" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/107</t>
+          <t>G/MA/TAR/RS/109</t>
         </is>
       </c>
       <c r="C612" s="0"/>
       <c r="D612" s="0" t="inlineStr">
         <is>
-          <t>2006-09-21</t>
+          <t>2006-10-13</t>
         </is>
       </c>
       <c r="E612" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS2002</t>
         </is>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B613" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/106</t>
+          <t>G/MA/TAR/RS/99</t>
         </is>
       </c>
       <c r="C613" s="0"/>
       <c r="D613" s="0" t="inlineStr">
         <is>
-          <t>2006-05-04</t>
+          <t>2006-09-27</t>
         </is>
       </c>
       <c r="E613" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" s="0" t="inlineStr">
         <is>
-          <t>Guatemala</t>
+          <t>Dominican Republic</t>
         </is>
       </c>
       <c r="B614" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/105</t>
+          <t>G/MA/TAR/RS/107</t>
         </is>
       </c>
       <c r="C614" s="0"/>
       <c r="D614" s="0" t="inlineStr">
         <is>
-          <t>2006-02-21</t>
+          <t>2006-09-21</t>
         </is>
       </c>
       <c r="E614" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B615" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/104</t>
+          <t>G/MA/TAR/RS/106</t>
         </is>
       </c>
       <c r="C615" s="0"/>
       <c r="D615" s="0" t="inlineStr">
         <is>
-          <t>2005-12-09</t>
+          <t>2006-05-04</t>
         </is>
       </c>
       <c r="E615" s="0" t="inlineStr">
         <is>
           <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" s="0" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>Guatemala</t>
         </is>
       </c>
       <c r="B616" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/103</t>
+          <t>G/MA/TAR/RS/105</t>
         </is>
       </c>
       <c r="C616" s="0"/>
       <c r="D616" s="0" t="inlineStr">
         <is>
-          <t>2005-12-01</t>
+          <t>2006-02-21</t>
         </is>
       </c>
       <c r="E616" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" s="0" t="inlineStr">
         <is>
-          <t>Nicaragua</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B617" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/102</t>
+          <t>G/MA/TAR/RS/104</t>
         </is>
       </c>
       <c r="C617" s="0"/>
       <c r="D617" s="0" t="inlineStr">
         <is>
-          <t>2005-10-31</t>
+          <t>2005-12-09</t>
         </is>
       </c>
       <c r="E617" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" s="0" t="inlineStr">
         <is>
-          <t>Honduras</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B618" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/101</t>
+          <t>G/MA/TAR/RS/103</t>
         </is>
       </c>
       <c r="C618" s="0"/>
       <c r="D618" s="0" t="inlineStr">
         <is>
-          <t>2005-10-31</t>
+          <t>2005-12-01</t>
         </is>
       </c>
       <c r="E618" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" s="0" t="inlineStr">
         <is>
-          <t>Tunisia</t>
+          <t>Nicaragua</t>
         </is>
       </c>
       <c r="B619" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/100</t>
+          <t>G/MA/TAR/RS/102</t>
         </is>
       </c>
       <c r="C619" s="0"/>
       <c r="D619" s="0" t="inlineStr">
         <is>
-          <t>2005-08-16</t>
+          <t>2005-10-31</t>
         </is>
       </c>
       <c r="E619" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" s="0" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Honduras</t>
         </is>
       </c>
       <c r="B620" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/94</t>
+          <t>G/MA/TAR/RS/101</t>
         </is>
       </c>
       <c r="C620" s="0"/>
       <c r="D620" s="0" t="inlineStr">
         <is>
-          <t>2005-07-26</t>
+          <t>2005-10-31</t>
         </is>
       </c>
       <c r="E620" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Tunisia</t>
         </is>
       </c>
       <c r="B621" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/50</t>
+          <t>G/MA/TAR/RS/100</t>
         </is>
       </c>
       <c r="C621" s="0"/>
       <c r="D621" s="0" t="inlineStr">
         <is>
-          <t>2005-02-07</t>
+          <t>2005-08-16</t>
         </is>
       </c>
       <c r="E621" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Pakistan</t>
         </is>
       </c>
       <c r="B622" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/98</t>
+          <t>G/MA/TAR/RS/94</t>
         </is>
       </c>
       <c r="C622" s="0"/>
       <c r="D622" s="0" t="inlineStr">
         <is>
-          <t>2005-01-06</t>
+          <t>2005-07-26</t>
         </is>
       </c>
       <c r="E622" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B623" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/97</t>
+          <t>G/MA/TAR/RS/50</t>
         </is>
       </c>
       <c r="C623" s="0"/>
       <c r="D623" s="0" t="inlineStr">
         <is>
-          <t>2004-04-02</t>
+          <t>2005-02-07</t>
         </is>
       </c>
       <c r="E623" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" s="0" t="inlineStr">
         <is>
-          <t>Bahrain, Kingdom of</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B624" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/96</t>
+          <t>G/MA/TAR/RS/98</t>
         </is>
       </c>
       <c r="C624" s="0"/>
       <c r="D624" s="0" t="inlineStr">
         <is>
-          <t>2004-03-10</t>
+          <t>2005-01-06</t>
         </is>
       </c>
       <c r="E624" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" s="0" t="inlineStr">
         <is>
-          <t>Egypt</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B625" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/95</t>
+          <t>G/MA/TAR/RS/97</t>
         </is>
       </c>
       <c r="C625" s="0"/>
       <c r="D625" s="0" t="inlineStr">
         <is>
-          <t>2003-07-03</t>
+          <t>2004-04-02</t>
         </is>
       </c>
       <c r="E625" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" s="0" t="inlineStr">
         <is>
-          <t>Costa Rica</t>
+          <t>Bahrain, Kingdom of</t>
         </is>
       </c>
       <c r="B626" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/92</t>
+          <t>G/MA/TAR/RS/96</t>
         </is>
       </c>
       <c r="C626" s="0"/>
       <c r="D626" s="0" t="inlineStr">
         <is>
-          <t>2003-05-28</t>
+          <t>2004-03-10</t>
         </is>
       </c>
       <c r="E626" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" s="0" t="inlineStr">
         <is>
-          <t>Grenada</t>
+          <t>Egypt</t>
         </is>
       </c>
       <c r="B627" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/91</t>
+          <t>G/MA/TAR/RS/95</t>
         </is>
       </c>
       <c r="C627" s="0"/>
       <c r="D627" s="0" t="inlineStr">
         <is>
-          <t>2003-02-07</t>
+          <t>2003-07-03</t>
         </is>
       </c>
       <c r="E627" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Costa Rica</t>
         </is>
       </c>
       <c r="B628" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/90</t>
+          <t>G/MA/TAR/RS/92</t>
         </is>
       </c>
       <c r="C628" s="0"/>
       <c r="D628" s="0" t="inlineStr">
         <is>
-          <t>2003-01-24</t>
+          <t>2003-05-28</t>
         </is>
       </c>
       <c r="E628" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>Grenada</t>
         </is>
       </c>
       <c r="B629" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/89</t>
+          <t>G/MA/TAR/RS/91</t>
         </is>
       </c>
       <c r="C629" s="0"/>
       <c r="D629" s="0" t="inlineStr">
         <is>
-          <t>2003-01-23</t>
+          <t>2003-02-07</t>
         </is>
       </c>
       <c r="E629" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B630" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/86</t>
+          <t>G/MA/TAR/RS/90</t>
         </is>
       </c>
       <c r="C630" s="0"/>
       <c r="D630" s="0" t="inlineStr">
         <is>
-          <t>2002-09-23</t>
+          <t>2003-01-24</t>
         </is>
       </c>
       <c r="E630" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" s="0" t="inlineStr">
         <is>
-          <t>Bulgaria</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B631" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/87</t>
+          <t>G/MA/TAR/RS/89</t>
         </is>
       </c>
       <c r="C631" s="0"/>
       <c r="D631" s="0" t="inlineStr">
         <is>
-          <t>2002-09-19</t>
+          <t>2003-01-23</t>
         </is>
       </c>
       <c r="E631" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" s="0" t="inlineStr">
         <is>
-          <t>Hungary</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B632" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/84</t>
+          <t>G/MA/TAR/RS/86</t>
         </is>
       </c>
       <c r="C632" s="0"/>
       <c r="D632" s="0" t="inlineStr">
         <is>
-          <t>2002-02-27</t>
+          <t>2002-09-23</t>
         </is>
       </c>
       <c r="E632" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" s="0" t="inlineStr">
         <is>
-          <t>Pakistan</t>
+          <t>Bulgaria</t>
         </is>
       </c>
       <c r="B633" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/83</t>
+          <t>G/MA/TAR/RS/87</t>
         </is>
       </c>
       <c r="C633" s="0"/>
       <c r="D633" s="0" t="inlineStr">
         <is>
-          <t>2002-01-07</t>
+          <t>2002-09-19</t>
         </is>
       </c>
       <c r="E633" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" s="0" t="inlineStr">
         <is>
-          <t>Chile</t>
+          <t>Hungary</t>
         </is>
       </c>
       <c r="B634" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/82</t>
+          <t>G/MA/TAR/RS/84</t>
         </is>
       </c>
       <c r="C634" s="0"/>
       <c r="D634" s="0" t="inlineStr">
         <is>
-          <t>2001-07-11</t>
+          <t>2002-02-27</t>
         </is>
       </c>
       <c r="E634" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Pakistan</t>
         </is>
       </c>
       <c r="B635" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/81</t>
+          <t>G/MA/TAR/RS/83</t>
         </is>
       </c>
       <c r="C635" s="0"/>
       <c r="D635" s="0" t="inlineStr">
         <is>
-          <t>2001-07-11</t>
+          <t>2002-01-07</t>
         </is>
       </c>
       <c r="E635" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Chile</t>
         </is>
       </c>
       <c r="B636" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/80</t>
+          <t>G/MA/TAR/RS/82</t>
         </is>
       </c>
       <c r="C636" s="0"/>
       <c r="D636" s="0" t="inlineStr">
         <is>
-          <t>2001-06-19</t>
+          <t>2001-07-11</t>
         </is>
       </c>
       <c r="E636" s="0" t="inlineStr">
         <is>
           <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B637" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/79</t>
+          <t>G/MA/TAR/RS/81</t>
         </is>
       </c>
       <c r="C637" s="0"/>
       <c r="D637" s="0" t="inlineStr">
         <is>
-          <t>2001-05-31</t>
+          <t>2001-07-11</t>
         </is>
       </c>
       <c r="E637" s="0" t="inlineStr">
         <is>
           <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" s="0" t="inlineStr">
         <is>
-          <t>Bulgaria</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B638" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/76</t>
+          <t>G/MA/TAR/RS/80</t>
         </is>
       </c>
       <c r="C638" s="0"/>
       <c r="D638" s="0" t="inlineStr">
         <is>
-          <t>2001-05-23</t>
+          <t>2001-06-19</t>
         </is>
       </c>
       <c r="E638" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B639" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/78</t>
+          <t>G/MA/TAR/RS/79</t>
         </is>
       </c>
       <c r="C639" s="0"/>
       <c r="D639" s="0" t="inlineStr">
         <is>
-          <t>2001-03-13</t>
+          <t>2001-05-31</t>
         </is>
       </c>
       <c r="E639" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" s="0" t="inlineStr">
         <is>
-          <t>Sri Lanka</t>
+          <t>Bulgaria</t>
         </is>
       </c>
       <c r="B640" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/77</t>
+          <t>G/MA/TAR/RS/76</t>
         </is>
       </c>
       <c r="C640" s="0"/>
       <c r="D640" s="0" t="inlineStr">
         <is>
-          <t>2001-03-07</t>
+          <t>2001-05-23</t>
         </is>
       </c>
       <c r="E640" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" s="0" t="inlineStr">
         <is>
-          <t>Slovenia</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B641" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/75</t>
+          <t>G/MA/TAR/RS/78</t>
         </is>
       </c>
       <c r="C641" s="0"/>
       <c r="D641" s="0" t="inlineStr">
         <is>
-          <t>2000-12-21</t>
+          <t>2001-03-13</t>
         </is>
       </c>
       <c r="E641" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B642" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/74</t>
+          <t>G/MA/TAR/RS/77</t>
         </is>
       </c>
       <c r="C642" s="0"/>
       <c r="D642" s="0" t="inlineStr">
         <is>
-          <t>2000-12-15</t>
+          <t>2001-03-07</t>
         </is>
       </c>
       <c r="E642" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Slovenia</t>
         </is>
       </c>
       <c r="B643" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/72</t>
+          <t>G/MA/TAR/RS/75</t>
         </is>
       </c>
       <c r="C643" s="0"/>
       <c r="D643" s="0" t="inlineStr">
         <is>
-          <t>2000-11-08</t>
+          <t>2000-12-21</t>
         </is>
       </c>
       <c r="E643" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" s="0" t="inlineStr">
         <is>
-          <t>Cyprus</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B644" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/73</t>
+          <t>G/MA/TAR/RS/74</t>
         </is>
       </c>
       <c r="C644" s="0"/>
       <c r="D644" s="0" t="inlineStr">
         <is>
-          <t>2000-10-31</t>
+          <t>2000-12-15</t>
         </is>
       </c>
       <c r="E644" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B645" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/71</t>
+          <t>G/MA/TAR/RS/72</t>
         </is>
       </c>
       <c r="C645" s="0"/>
       <c r="D645" s="0" t="inlineStr">
         <is>
-          <t>2000-10-24</t>
+          <t>2000-11-08</t>
         </is>
       </c>
       <c r="E645" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" s="0" t="inlineStr">
         <is>
-          <t>Czech Republic</t>
+          <t>Cyprus</t>
         </is>
       </c>
       <c r="B646" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/69</t>
+          <t>G/MA/TAR/RS/73</t>
         </is>
       </c>
       <c r="C646" s="0"/>
       <c r="D646" s="0" t="inlineStr">
         <is>
-          <t>2000-10-17</t>
+          <t>2000-10-31</t>
         </is>
       </c>
       <c r="E646" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" s="0" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B647" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/67</t>
+          <t>G/MA/TAR/RS/71</t>
         </is>
       </c>
       <c r="C647" s="0"/>
       <c r="D647" s="0" t="inlineStr">
         <is>
-          <t>2000-10-17</t>
+          <t>2000-10-24</t>
         </is>
       </c>
       <c r="E647" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" s="0" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>Czech Republic</t>
         </is>
       </c>
       <c r="B648" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/63</t>
+          <t>G/MA/TAR/RS/69</t>
         </is>
       </c>
       <c r="C648" s="0"/>
       <c r="D648" s="0" t="inlineStr">
         <is>
           <t>2000-10-17</t>
         </is>
       </c>
       <c r="E648" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" s="0" t="inlineStr">
         <is>
-          <t>Slovak Republic</t>
+          <t>India</t>
         </is>
       </c>
       <c r="B649" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/70</t>
+          <t>G/MA/TAR/RS/67</t>
         </is>
       </c>
       <c r="C649" s="0"/>
       <c r="D649" s="0" t="inlineStr">
         <is>
-          <t>2000-10-13</t>
+          <t>2000-10-17</t>
         </is>
       </c>
       <c r="E649" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>India</t>
         </is>
       </c>
       <c r="B650" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/68</t>
+          <t>G/MA/TAR/RS/63</t>
         </is>
       </c>
       <c r="C650" s="0"/>
       <c r="D650" s="0" t="inlineStr">
         <is>
-          <t>2000-07-10</t>
+          <t>2000-10-17</t>
         </is>
       </c>
       <c r="E650" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Slovak Republic</t>
         </is>
       </c>
       <c r="B651" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/68</t>
+          <t>G/MA/TAR/RS/70</t>
         </is>
       </c>
       <c r="C651" s="0"/>
       <c r="D651" s="0" t="inlineStr">
         <is>
-          <t>2000-07-10</t>
+          <t>2000-10-13</t>
         </is>
       </c>
       <c r="E651" s="0" t="inlineStr">
         <is>
           <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" s="0" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B652" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/66</t>
+          <t>G/MA/TAR/RS/68</t>
         </is>
       </c>
       <c r="C652" s="0"/>
       <c r="D652" s="0" t="inlineStr">
         <is>
-          <t>2000-05-01</t>
+          <t>2000-07-10</t>
         </is>
       </c>
       <c r="E652" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" s="0" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B653" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/65</t>
+          <t>G/MA/TAR/RS/68</t>
         </is>
       </c>
       <c r="C653" s="0"/>
       <c r="D653" s="0" t="inlineStr">
         <is>
-          <t>2000-03-17</t>
+          <t>2000-07-10</t>
         </is>
       </c>
       <c r="E653" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>India</t>
         </is>
       </c>
       <c r="B654" s="0" t="inlineStr">
         <is>
-          <t>G/L/65</t>
+          <t>G/MA/TAR/RS/66</t>
         </is>
       </c>
       <c r="C654" s="0"/>
       <c r="D654" s="0" t="inlineStr">
         <is>
-          <t>2000-02-22</t>
+          <t>2000-05-01</t>
         </is>
       </c>
       <c r="E654" s="0" t="inlineStr">
         <is>
-          <t>Article XXVIII - Step 2, Full schedule</t>
+          <t>Article XXVIII - Step 2</t>
         </is>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B655" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/64</t>
+          <t>G/MA/TAR/RS/65</t>
         </is>
       </c>
       <c r="C655" s="0"/>
       <c r="D655" s="0" t="inlineStr">
         <is>
-          <t>1999-12-22</t>
+          <t>2000-03-17</t>
         </is>
       </c>
       <c r="E655" s="0" t="inlineStr">
         <is>
           <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B656" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/62</t>
+          <t>G/L/65</t>
         </is>
       </c>
       <c r="C656" s="0"/>
       <c r="D656" s="0" t="inlineStr">
         <is>
-          <t>1999-12-14</t>
+          <t>2000-02-22</t>
         </is>
       </c>
       <c r="E656" s="0" t="inlineStr">
         <is>
-          <t>HS1996</t>
+          <t>Article XXVIII - Step 2, Full schedule</t>
         </is>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" s="0" t="inlineStr">
         <is>
-          <t>Mauritius</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B657" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/60</t>
+          <t>G/MA/TAR/RS/64</t>
         </is>
       </c>
       <c r="C657" s="0"/>
       <c r="D657" s="0" t="inlineStr">
         <is>
-          <t>1999-07-27</t>
+          <t>1999-12-22</t>
         </is>
       </c>
       <c r="E657" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" s="0" t="inlineStr">
         <is>
-          <t>Latvia</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B658" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/58</t>
+          <t>G/MA/TAR/RS/62</t>
         </is>
       </c>
       <c r="C658" s="0"/>
       <c r="D658" s="0" t="inlineStr">
         <is>
-          <t>1999-05-04</t>
+          <t>1999-12-14</t>
         </is>
       </c>
       <c r="E658" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>HS1996</t>
         </is>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Mauritius</t>
         </is>
       </c>
       <c r="B659" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/59</t>
+          <t>G/MA/TAR/RS/60</t>
         </is>
       </c>
       <c r="C659" s="0"/>
       <c r="D659" s="0" t="inlineStr">
         <is>
-          <t>1999-03-24</t>
+          <t>1999-07-27</t>
         </is>
       </c>
       <c r="E659" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Latvia</t>
         </is>
       </c>
       <c r="B660" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/55</t>
+          <t>G/MA/TAR/RS/58</t>
         </is>
       </c>
       <c r="C660" s="0"/>
       <c r="D660" s="0" t="inlineStr">
         <is>
-          <t>1999-02-12</t>
+          <t>1999-05-04</t>
         </is>
       </c>
       <c r="E660" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B661" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/57</t>
+          <t>G/MA/TAR/RS/59</t>
         </is>
       </c>
       <c r="C661" s="0"/>
       <c r="D661" s="0" t="inlineStr">
         <is>
-          <t>1998-12-21</t>
+          <t>1999-03-24</t>
         </is>
       </c>
       <c r="E661" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B662" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/56</t>
+          <t>G/MA/TAR/RS/55</t>
         </is>
       </c>
       <c r="C662" s="0"/>
       <c r="D662" s="0" t="inlineStr">
         <is>
-          <t>1998-12-17</t>
+          <t>1999-02-12</t>
         </is>
       </c>
       <c r="E662" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" s="0" t="inlineStr">
         <is>
-          <t>Dominican Republic</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B663" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/54</t>
+          <t>G/MA/TAR/RS/57</t>
         </is>
       </c>
       <c r="C663" s="0"/>
       <c r="D663" s="0" t="inlineStr">
         <is>
-          <t>1998-11-03</t>
+          <t>1998-12-21</t>
         </is>
       </c>
       <c r="E663" s="0" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Agreement on Agriculture &gt; Annex 5 (tariffication)</t>
         </is>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" s="0" t="inlineStr">
         <is>
-          <t>Argentina</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B664" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/52</t>
+          <t>G/MA/TAR/RS/56</t>
         </is>
       </c>
       <c r="C664" s="0"/>
       <c r="D664" s="0" t="inlineStr">
         <is>
-          <t>1998-08-14</t>
+          <t>1998-12-17</t>
         </is>
       </c>
       <c r="E664" s="0" t="inlineStr">
         <is>
-          <t>Agreement on Agriculture &gt; Rectification UR Schedule</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" s="0" t="inlineStr">
         <is>
-          <t>New Zealand</t>
+          <t>Dominican Republic</t>
         </is>
       </c>
       <c r="B665" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/53</t>
+          <t>G/MA/TAR/RS/54</t>
         </is>
       </c>
       <c r="C665" s="0"/>
       <c r="D665" s="0" t="inlineStr">
         <is>
-          <t>1998-08-11</t>
+          <t>1998-11-03</t>
         </is>
       </c>
       <c r="E665" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Other</t>
         </is>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" s="0" t="inlineStr">
         <is>
-          <t>Colombia</t>
+          <t>Argentina</t>
         </is>
       </c>
       <c r="B666" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/51</t>
+          <t>G/MA/TAR/RS/52</t>
         </is>
       </c>
       <c r="C666" s="0"/>
       <c r="D666" s="0" t="inlineStr">
         <is>
-          <t>1998-07-29</t>
+          <t>1998-08-14</t>
         </is>
       </c>
       <c r="E666" s="0" t="inlineStr">
         <is>
           <t>Agreement on Agriculture &gt; Rectification UR Schedule</t>
         </is>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" s="0" t="inlineStr">
         <is>
-          <t>Bolivia, Plurinational State of</t>
+          <t>New Zealand</t>
         </is>
       </c>
       <c r="B667" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/49</t>
+          <t>G/MA/TAR/RS/53</t>
         </is>
       </c>
       <c r="C667" s="0"/>
       <c r="D667" s="0" t="inlineStr">
         <is>
-          <t>1998-06-15</t>
+          <t>1998-08-11</t>
         </is>
       </c>
       <c r="E667" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Colombia</t>
         </is>
       </c>
       <c r="B668" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/47</t>
+          <t>G/MA/TAR/RS/51</t>
         </is>
       </c>
       <c r="C668" s="0"/>
       <c r="D668" s="0" t="inlineStr">
         <is>
-          <t>1998-02-10</t>
+          <t>1998-07-29</t>
         </is>
       </c>
       <c r="E668" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Agreement on Agriculture &gt; Rectification UR Schedule</t>
         </is>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" s="0" t="inlineStr">
         <is>
-          <t>Romania</t>
+          <t>Bolivia, Plurinational State of</t>
         </is>
       </c>
       <c r="B669" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/46</t>
+          <t>G/MA/TAR/RS/49</t>
         </is>
       </c>
       <c r="C669" s="0"/>
       <c r="D669" s="0" t="inlineStr">
         <is>
-          <t>1998-02-06</t>
+          <t>1998-06-15</t>
         </is>
       </c>
       <c r="E669" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" s="0" t="inlineStr">
         <is>
-          <t>Slovak Republic</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B670" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/42</t>
+          <t>G/MA/TAR/RS/47</t>
         </is>
       </c>
       <c r="C670" s="0"/>
       <c r="D670" s="0" t="inlineStr">
         <is>
-          <t>1998-01-06</t>
+          <t>1998-02-10</t>
         </is>
       </c>
       <c r="E670" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" s="0" t="inlineStr">
         <is>
-          <t>New Zealand</t>
+          <t>Romania</t>
         </is>
       </c>
       <c r="B671" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/44</t>
+          <t>G/MA/TAR/RS/46</t>
         </is>
       </c>
       <c r="C671" s="0"/>
       <c r="D671" s="0" t="inlineStr">
         <is>
-          <t>1997-12-19</t>
+          <t>1998-02-06</t>
         </is>
       </c>
       <c r="E671" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Slovak Republic</t>
         </is>
       </c>
       <c r="B672" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/43</t>
+          <t>G/MA/TAR/RS/42</t>
         </is>
       </c>
       <c r="C672" s="0"/>
       <c r="D672" s="0" t="inlineStr">
         <is>
-          <t>1997-12-19</t>
+          <t>1998-01-06</t>
         </is>
       </c>
       <c r="E672" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>New Zealand</t>
         </is>
       </c>
       <c r="B673" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/43</t>
+          <t>G/MA/TAR/RS/44</t>
         </is>
       </c>
       <c r="C673" s="0"/>
       <c r="D673" s="0" t="inlineStr">
         <is>
           <t>1997-12-19</t>
         </is>
       </c>
       <c r="E673" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B674" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/13</t>
+          <t>G/MA/TAR/RS/43</t>
         </is>
       </c>
       <c r="C674" s="0"/>
       <c r="D674" s="0" t="inlineStr">
         <is>
           <t>1997-12-19</t>
         </is>
       </c>
       <c r="E674" s="0" t="inlineStr">
         <is>
           <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" s="0" t="inlineStr">
         <is>
-          <t>Czech Republic</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B675" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/40</t>
+          <t>G/MA/TAR/RS/43</t>
         </is>
       </c>
       <c r="C675" s="0"/>
       <c r="D675" s="0" t="inlineStr">
         <is>
-          <t>1997-11-26</t>
+          <t>1997-12-19</t>
         </is>
       </c>
       <c r="E675" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" s="0" t="inlineStr">
         <is>
-          <t>Indonesia</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B676" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/39</t>
+          <t>G/MA/TAR/RS/13</t>
         </is>
       </c>
       <c r="C676" s="0"/>
       <c r="D676" s="0" t="inlineStr">
         <is>
-          <t>1997-11-26</t>
+          <t>1997-12-19</t>
         </is>
       </c>
       <c r="E676" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Czech Republic</t>
         </is>
       </c>
       <c r="B677" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/38</t>
+          <t>G/MA/TAR/RS/40</t>
         </is>
       </c>
       <c r="C677" s="0"/>
       <c r="D677" s="0" t="inlineStr">
         <is>
-          <t>1997-11-20</t>
+          <t>1997-11-26</t>
         </is>
       </c>
       <c r="E677" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>Indonesia</t>
         </is>
       </c>
       <c r="B678" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/38</t>
+          <t>G/MA/TAR/RS/39</t>
         </is>
       </c>
       <c r="C678" s="0"/>
       <c r="D678" s="0" t="inlineStr">
         <is>
-          <t>1997-11-20</t>
+          <t>1997-11-26</t>
         </is>
       </c>
       <c r="E678" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" s="0" t="inlineStr">
         <is>
-          <t>Thailand</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B679" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/34</t>
+          <t>G/MA/TAR/RS/38</t>
         </is>
       </c>
       <c r="C679" s="0"/>
       <c r="D679" s="0" t="inlineStr">
         <is>
-          <t>1997-10-30</t>
+          <t>1997-11-20</t>
         </is>
       </c>
       <c r="E679" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B680" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/37</t>
+          <t>G/MA/TAR/RS/38</t>
         </is>
       </c>
       <c r="C680" s="0"/>
       <c r="D680" s="0" t="inlineStr">
         <is>
-          <t>1997-10-14</t>
+          <t>1997-11-20</t>
         </is>
       </c>
       <c r="E680" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors, ITA</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" s="0" t="inlineStr">
         <is>
-          <t>Philippines</t>
+          <t>Thailand</t>
         </is>
       </c>
       <c r="B681" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/36</t>
+          <t>G/MA/TAR/RS/34</t>
         </is>
       </c>
       <c r="C681" s="0"/>
       <c r="D681" s="0" t="inlineStr">
         <is>
-          <t>1997-09-26</t>
+          <t>1997-10-30</t>
         </is>
       </c>
       <c r="E681" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B682" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/35</t>
+          <t>G/MA/TAR/RS/37</t>
         </is>
       </c>
       <c r="C682" s="0"/>
       <c r="D682" s="0" t="inlineStr">
         <is>
-          <t>1997-07-31</t>
+          <t>1997-10-14</t>
         </is>
       </c>
       <c r="E682" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Rectifications of errors, ITA</t>
         </is>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" s="0" t="inlineStr">
         <is>
-          <t>Korea, Republic of</t>
+          <t>Philippines</t>
         </is>
       </c>
       <c r="B683" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/33</t>
+          <t>G/MA/TAR/RS/36</t>
         </is>
       </c>
       <c r="C683" s="0"/>
       <c r="D683" s="0" t="inlineStr">
         <is>
-          <t>1997-07-28</t>
+          <t>1997-09-26</t>
         </is>
       </c>
       <c r="E683" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" s="0" t="inlineStr">
         <is>
-          <t>Poland</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B684" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/32</t>
+          <t>G/MA/TAR/RS/35</t>
         </is>
       </c>
       <c r="C684" s="0"/>
       <c r="D684" s="0" t="inlineStr">
         <is>
-          <t>1997-07-28</t>
+          <t>1997-07-31</t>
         </is>
       </c>
       <c r="E684" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" s="0" t="inlineStr">
         <is>
-          <t>Australia</t>
+          <t>Korea, Republic of</t>
         </is>
       </c>
       <c r="B685" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/31</t>
+          <t>G/MA/TAR/RS/33</t>
         </is>
       </c>
       <c r="C685" s="0"/>
       <c r="D685" s="0" t="inlineStr">
         <is>
           <t>1997-07-28</t>
         </is>
       </c>
       <c r="E685" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" s="0" t="inlineStr">
         <is>
-          <t>Costa Rica</t>
+          <t>Poland</t>
         </is>
       </c>
       <c r="B686" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/28</t>
+          <t>G/MA/TAR/RS/32</t>
         </is>
       </c>
       <c r="C686" s="0"/>
       <c r="D686" s="0" t="inlineStr">
         <is>
           <t>1997-07-28</t>
         </is>
       </c>
       <c r="E686" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" s="0" t="inlineStr">
         <is>
-          <t>El Salvador</t>
+          <t>Australia</t>
         </is>
       </c>
       <c r="B687" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/14</t>
+          <t>G/MA/TAR/RS/31</t>
         </is>
       </c>
       <c r="C687" s="0"/>
       <c r="D687" s="0" t="inlineStr">
         <is>
           <t>1997-07-28</t>
         </is>
       </c>
       <c r="E687" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>Costa Rica</t>
         </is>
       </c>
       <c r="B688" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/18</t>
+          <t>G/MA/TAR/RS/28</t>
         </is>
       </c>
       <c r="C688" s="0"/>
       <c r="D688" s="0" t="inlineStr">
         <is>
-          <t>1997-07-14</t>
+          <t>1997-07-28</t>
         </is>
       </c>
       <c r="E688" s="0" t="inlineStr">
         <is>
-          <t>Spirits</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" s="0" t="inlineStr">
         <is>
-          <t>United States of America</t>
+          <t>El Salvador</t>
         </is>
       </c>
       <c r="B689" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/17</t>
+          <t>G/MA/TAR/RS/14</t>
         </is>
       </c>
       <c r="C689" s="0"/>
       <c r="D689" s="0" t="inlineStr">
         <is>
-          <t>1997-07-14</t>
+          <t>1997-07-28</t>
         </is>
       </c>
       <c r="E689" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" s="0" t="inlineStr">
         <is>
-          <t>Singapore</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B690" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/20</t>
+          <t>G/MA/TAR/RS/18</t>
         </is>
       </c>
       <c r="C690" s="0"/>
       <c r="D690" s="0" t="inlineStr">
         <is>
-          <t>1997-05-05</t>
+          <t>1997-07-14</t>
         </is>
       </c>
       <c r="E690" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Spirits</t>
         </is>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" s="0" t="inlineStr">
         <is>
-          <t>Iceland</t>
+          <t>United States of America</t>
         </is>
       </c>
       <c r="B691" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/22</t>
+          <t>G/MA/TAR/RS/17</t>
         </is>
       </c>
       <c r="C691" s="0"/>
       <c r="D691" s="0" t="inlineStr">
         <is>
-          <t>1997-04-16</t>
+          <t>1997-07-14</t>
         </is>
       </c>
       <c r="E691" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" s="0" t="inlineStr">
         <is>
-          <t>Canada</t>
+          <t>Singapore</t>
         </is>
       </c>
       <c r="B692" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/19</t>
+          <t>G/MA/TAR/RS/20</t>
         </is>
       </c>
       <c r="C692" s="0"/>
       <c r="D692" s="0" t="inlineStr">
         <is>
-          <t>1997-04-16</t>
+          <t>1997-05-05</t>
         </is>
       </c>
       <c r="E692" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Iceland</t>
         </is>
       </c>
       <c r="B693" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/30</t>
+          <t>G/MA/TAR/RS/22</t>
         </is>
       </c>
       <c r="C693" s="0"/>
       <c r="D693" s="0" t="inlineStr">
         <is>
-          <t>1997-04-13</t>
+          <t>1997-04-16</t>
         </is>
       </c>
       <c r="E693" s="0" t="inlineStr">
         <is>
-          <t>Spirits</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" s="0" t="inlineStr">
         <is>
-          <t>Malaysia</t>
+          <t>Canada</t>
         </is>
       </c>
       <c r="B694" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/29</t>
+          <t>G/MA/TAR/RS/19</t>
         </is>
       </c>
       <c r="C694" s="0"/>
       <c r="D694" s="0" t="inlineStr">
         <is>
-          <t>1997-04-12</t>
+          <t>1997-04-16</t>
         </is>
       </c>
       <c r="E694" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" s="0" t="inlineStr">
         <is>
-          <t>Macao, China</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B695" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/27</t>
+          <t>G/MA/TAR/RS/30</t>
         </is>
       </c>
       <c r="C695" s="0"/>
       <c r="D695" s="0" t="inlineStr">
         <is>
-          <t>1997-04-12</t>
+          <t>1997-04-13</t>
         </is>
       </c>
       <c r="E695" s="0" t="inlineStr">
         <is>
-          <t>ITA</t>
+          <t>Spirits</t>
         </is>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" s="0" t="inlineStr">
         <is>
-          <t>Türkiye</t>
+          <t>Malaysia</t>
         </is>
       </c>
       <c r="B696" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/26</t>
+          <t>G/MA/TAR/RS/29</t>
         </is>
       </c>
       <c r="C696" s="0"/>
       <c r="D696" s="0" t="inlineStr">
         <is>
-          <t>1997-04-02</t>
+          <t>1997-04-12</t>
         </is>
       </c>
       <c r="E696" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" s="0" t="inlineStr">
         <is>
-          <t>Israel</t>
+          <t>Macao, China</t>
         </is>
       </c>
       <c r="B697" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/25</t>
+          <t>G/MA/TAR/RS/27</t>
         </is>
       </c>
       <c r="C697" s="0"/>
       <c r="D697" s="0" t="inlineStr">
         <is>
-          <t>1997-04-02</t>
+          <t>1997-04-12</t>
         </is>
       </c>
       <c r="E697" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" s="0" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>Türkiye</t>
         </is>
       </c>
       <c r="B698" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/24</t>
+          <t>G/MA/TAR/RS/26</t>
         </is>
       </c>
       <c r="C698" s="0"/>
       <c r="D698" s="0" t="inlineStr">
         <is>
           <t>1997-04-02</t>
         </is>
       </c>
       <c r="E698" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" s="0" t="inlineStr">
         <is>
-          <t>Indonesia</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="B699" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/23</t>
+          <t>G/MA/TAR/RS/25</t>
         </is>
       </c>
       <c r="C699" s="0"/>
       <c r="D699" s="0" t="inlineStr">
         <is>
           <t>1997-04-02</t>
         </is>
       </c>
       <c r="E699" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>India</t>
         </is>
       </c>
       <c r="B700" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/21</t>
+          <t>G/MA/TAR/RS/24</t>
         </is>
       </c>
       <c r="C700" s="0"/>
       <c r="D700" s="0" t="inlineStr">
         <is>
           <t>1997-04-02</t>
         </is>
       </c>
       <c r="E700" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701" s="0" t="inlineStr">
         <is>
-          <t>European Community (15)</t>
+          <t>Indonesia</t>
         </is>
       </c>
       <c r="B701" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/16</t>
+          <t>G/MA/TAR/RS/23</t>
         </is>
       </c>
       <c r="C701" s="0"/>
       <c r="D701" s="0" t="inlineStr">
         <is>
           <t>1997-04-02</t>
         </is>
       </c>
       <c r="E701" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B702" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/15</t>
+          <t>G/MA/TAR/RS/21</t>
         </is>
       </c>
       <c r="C702" s="0"/>
       <c r="D702" s="0" t="inlineStr">
         <is>
           <t>1997-04-02</t>
         </is>
       </c>
       <c r="E702" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>European Community (15)</t>
         </is>
       </c>
       <c r="B703" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/12</t>
+          <t>G/MA/TAR/RS/16</t>
         </is>
       </c>
       <c r="C703" s="0"/>
       <c r="D703" s="0" t="inlineStr">
         <is>
-          <t>1997-03-27</t>
+          <t>1997-04-02</t>
         </is>
       </c>
       <c r="E703" s="0" t="inlineStr">
         <is>
           <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704" s="0" t="inlineStr">
         <is>
-          <t>Japan</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B704" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/10</t>
+          <t>G/MA/TAR/RS/15</t>
         </is>
       </c>
       <c r="C704" s="0"/>
       <c r="D704" s="0" t="inlineStr">
         <is>
-          <t>1997-02-21</t>
+          <t>1997-04-02</t>
         </is>
       </c>
       <c r="E704" s="0" t="inlineStr">
         <is>
-          <t>Pharma</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" s="0" t="inlineStr">
         <is>
-          <t>Türkiye</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B705" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/11</t>
+          <t>G/MA/TAR/RS/12</t>
         </is>
       </c>
       <c r="C705" s="0"/>
       <c r="D705" s="0" t="inlineStr">
         <is>
-          <t>1996-12-18</t>
+          <t>1997-03-27</t>
         </is>
       </c>
       <c r="E705" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>ITA</t>
         </is>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" s="0" t="inlineStr">
         <is>
-          <t>Hong Kong, China</t>
+          <t>Japan</t>
         </is>
       </c>
       <c r="B706" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/9</t>
+          <t>G/MA/TAR/RS/10</t>
         </is>
       </c>
       <c r="C706" s="0"/>
       <c r="D706" s="0" t="inlineStr">
         <is>
-          <t>1996-11-06</t>
+          <t>1997-02-21</t>
         </is>
       </c>
       <c r="E706" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Pharma</t>
         </is>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" s="0" t="inlineStr">
         <is>
-          <t>Mexico</t>
+          <t>Türkiye</t>
         </is>
       </c>
       <c r="B707" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/7</t>
+          <t>G/MA/TAR/RS/11</t>
         </is>
       </c>
       <c r="C707" s="0"/>
       <c r="D707" s="0" t="inlineStr">
         <is>
-          <t>1996-07-17</t>
+          <t>1996-12-18</t>
         </is>
       </c>
       <c r="E707" s="0" t="inlineStr">
         <is>
           <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" s="0" t="inlineStr">
         <is>
-          <t>European Community (12)</t>
+          <t>Hong Kong, China</t>
         </is>
       </c>
       <c r="B708" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/6</t>
+          <t>G/MA/TAR/RS/9</t>
         </is>
       </c>
       <c r="C708" s="0"/>
       <c r="D708" s="0" t="inlineStr">
         <is>
-          <t>1996-02-28</t>
+          <t>1996-11-06</t>
         </is>
       </c>
       <c r="E708" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" s="0" t="inlineStr">
         <is>
-          <t>Norway</t>
+          <t>Mexico</t>
         </is>
       </c>
       <c r="B709" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/5</t>
+          <t>G/MA/TAR/RS/7</t>
         </is>
       </c>
       <c r="C709" s="0"/>
       <c r="D709" s="0" t="inlineStr">
         <is>
-          <t>1996-01-30</t>
+          <t>1996-07-17</t>
         </is>
       </c>
       <c r="E709" s="0" t="inlineStr">
         <is>
           <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" s="0" t="inlineStr">
         <is>
-          <t>Switzerland-Liechtenstein</t>
+          <t>European Community (12)</t>
         </is>
       </c>
       <c r="B710" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/3</t>
+          <t>G/MA/TAR/RS/6</t>
         </is>
       </c>
       <c r="C710" s="0"/>
       <c r="D710" s="0" t="inlineStr">
         <is>
-          <t>1995-08-09</t>
+          <t>1996-02-28</t>
         </is>
       </c>
       <c r="E710" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" s="0" t="inlineStr">
         <is>
-          <t>Switzerland</t>
+          <t>Norway</t>
         </is>
       </c>
       <c r="B711" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/3</t>
+          <t>G/MA/TAR/RS/5</t>
         </is>
       </c>
       <c r="C711" s="0"/>
       <c r="D711" s="0" t="inlineStr">
         <is>
-          <t>1995-08-09</t>
+          <t>1996-01-30</t>
         </is>
       </c>
       <c r="E711" s="0" t="inlineStr">
         <is>
-          <t>Additional concessions</t>
+          <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" s="0" t="inlineStr">
         <is>
-          <t>South Africa</t>
+          <t>Switzerland</t>
         </is>
       </c>
       <c r="B712" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/2</t>
+          <t>G/MA/TAR/RS/3</t>
         </is>
       </c>
       <c r="C712" s="0"/>
       <c r="D712" s="0" t="inlineStr">
         <is>
-          <t>1995-06-09</t>
+          <t>1995-08-09</t>
         </is>
       </c>
       <c r="E712" s="0" t="inlineStr">
         <is>
-          <t>Rectifications of errors</t>
+          <t>Additional concessions</t>
         </is>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" s="0" t="inlineStr">
         <is>
-          <t>Thailand</t>
+          <t>Switzerland-Liechtenstein</t>
         </is>
       </c>
       <c r="B713" s="0" t="inlineStr">
         <is>
-          <t>G/MA/TAR/RS/1</t>
+          <t>G/MA/TAR/RS/3</t>
         </is>
       </c>
       <c r="C713" s="0"/>
       <c r="D713" s="0" t="inlineStr">
         <is>
+          <t>1995-08-09</t>
+        </is>
+      </c>
+      <c r="E713" s="0" t="inlineStr">
+        <is>
+          <t>Additional concessions</t>
+        </is>
+      </c>
+    </row>
+    <row r="714" spans="1:5">
+      <c r="A714" s="0" t="inlineStr">
+        <is>
+          <t>South Africa</t>
+        </is>
+      </c>
+      <c r="B714" s="0" t="inlineStr">
+        <is>
+          <t>G/MA/TAR/RS/2</t>
+        </is>
+      </c>
+      <c r="C714" s="0"/>
+      <c r="D714" s="0" t="inlineStr">
+        <is>
+          <t>1995-06-09</t>
+        </is>
+      </c>
+      <c r="E714" s="0" t="inlineStr">
+        <is>
+          <t>Rectifications of errors</t>
+        </is>
+      </c>
+    </row>
+    <row r="715" spans="1:5">
+      <c r="A715" s="0" t="inlineStr">
+        <is>
+          <t>Thailand</t>
+        </is>
+      </c>
+      <c r="B715" s="0" t="inlineStr">
+        <is>
+          <t>G/MA/TAR/RS/1</t>
+        </is>
+      </c>
+      <c r="C715" s="0"/>
+      <c r="D715" s="0" t="inlineStr">
+        <is>
           <t>1995-05-16</t>
         </is>
       </c>
-      <c r="E713" s="0" t="inlineStr">
+      <c r="E715" s="0" t="inlineStr">
         <is>
           <t>Rectifications of errors</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>